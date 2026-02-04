--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,716 +9,245 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="296" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>01/05/2002 17:51:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Thrombophilie et grossesse - Prévention des risques thrombotiques maternels et placentaires</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. What are the risk factors for maternal venous thromboembolism?# 2. What are the risk factors for placental vascular disease?# 3. Which further investigations should be performed, and for which patients?# 4. What treatments are available? Which patients should be treated, and what form should that treatment take? What information should patients be given?</t>
+  </si>
+  <si>
+    <t>04/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...359 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+  </si>
+  <si>
+    <t>c_272207</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
   </si>
   <si>
     <t>c_1346147</t>
-  </si>
-[...34 lines deleted...]
-    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -734,951 +263,171 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
-[...21 lines deleted...]
-      <c r="G8" t="s">
         <v>47</v>
-      </c>
-[...755 lines deleted...]
-        <v>204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>