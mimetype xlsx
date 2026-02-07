--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="353">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -188,50 +188,65 @@
   <si>
     <t>18/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
   </si>
   <si>
     <t>c_632797</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
   </si>
   <si>
     <t>c_2789359</t>
   </si>
   <si>
     <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
@@ -522,50 +537,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
   </si>
   <si>
     <t>p_3392035</t>
   </si>
   <si>
     <t>Pseudoxanthome élastique (PXE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/04/2021 15:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
   </si>
   <si>
     <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Péricardites Récidivantes</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 14:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
   </si>
   <si>
     <t>p_3777808</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
@@ -1175,51 +1205,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1504,103 +1534,103 @@
       </c>
       <c r="E12" t="s">
         <v>69</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>74</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>75</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
         <v>78</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>79</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>80</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>81</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" t="s">
         <v>84</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>86</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>87</v>
       </c>
       <c r="H15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
@@ -1611,77 +1641,77 @@
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>92</v>
       </c>
       <c r="H16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>101</v>
       </c>
       <c r="H18" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>103</v>
       </c>
       <c r="C19" t="s">
         <v>104</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
@@ -1738,181 +1768,181 @@
       </c>
       <c r="E21" t="s">
         <v>115</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>116</v>
       </c>
       <c r="H21" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>118</v>
       </c>
       <c r="C22" t="s">
         <v>119</v>
       </c>
       <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
         <v>120</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>121</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
+        <v>123</v>
+      </c>
+      <c r="C23" t="s">
         <v>124</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E23" t="s">
         <v>126</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>127</v>
       </c>
       <c r="H23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
         <v>129</v>
       </c>
       <c r="C24" t="s">
         <v>130</v>
       </c>
       <c r="D24" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E24" t="s">
         <v>131</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>132</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" t="s">
         <v>134</v>
       </c>
       <c r="C25" t="s">
         <v>135</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>125</v>
       </c>
       <c r="E25" t="s">
         <v>136</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>137</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>16</v>
       </c>
       <c r="B26" t="s">
         <v>139</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="D26" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
         <v>141</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>142</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
         <v>144</v>
       </c>
       <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E27" t="s">
         <v>146</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>147</v>
       </c>
       <c r="H27" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>16</v>
       </c>
       <c r="B28" t="s">
         <v>149</v>
       </c>
       <c r="C28" t="s">
         <v>150</v>
       </c>
       <c r="D28" t="s">
@@ -2018,138 +2048,138 @@
       </c>
       <c r="C32" t="s">
         <v>170</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
         <v>171</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>172</v>
       </c>
       <c r="H32" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>16</v>
       </c>
       <c r="B33" t="s">
-        <v>139</v>
+        <v>174</v>
       </c>
       <c r="C33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H33" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>16</v>
       </c>
       <c r="B34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>39</v>
+        <v>181</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H34" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>16</v>
       </c>
       <c r="B35" t="s">
-        <v>182</v>
+        <v>144</v>
       </c>
       <c r="C35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H35" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>16</v>
       </c>
       <c r="B36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>189</v>
+        <v>39</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>190</v>
       </c>
       <c r="H36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>16</v>
       </c>
       <c r="B37" t="s">
         <v>192</v>
       </c>
       <c r="C37" t="s">
         <v>193</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
@@ -2219,869 +2249,921 @@
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>16</v>
       </c>
       <c r="B40" t="s">
         <v>207</v>
       </c>
       <c r="C40" t="s">
         <v>208</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
         <v>209</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>210</v>
       </c>
       <c r="H40" t="s">
         <v>211</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>16</v>
+      </c>
+      <c r="B41" t="s">
+        <v>212</v>
+      </c>
+      <c r="C41" t="s">
+        <v>213</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>214</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>215</v>
+      </c>
+      <c r="H41" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>16</v>
+      </c>
+      <c r="B42" t="s">
+        <v>217</v>
+      </c>
+      <c r="C42" t="s">
+        <v>218</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>219</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>220</v>
+      </c>
+      <c r="H42" t="s">
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="C2" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="D2" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="E2" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="H2" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B3" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="C3" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="D3" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="E3" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="H3" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B4" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C4" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="D4" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="E4" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="H4" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B5" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="C5" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="D5" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="E5" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="H5" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C6" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="D6" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="E6" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="H6" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B7" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="C7" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="D7" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="E7" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="H7" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B8" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="C8" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="D8" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="E8" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="H8" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="C9" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="D9" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="E9" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="H9" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B10" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="C10" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="D10" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="E10" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="H10" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B11" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="C11" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="D11" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="E11" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="H11" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="B2" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="C2" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="D2" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="E2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="H2" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B2" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C2" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="D2" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="E2" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="H2" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B3" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="C3" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="D3" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="E3" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="H3" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B4" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="C4" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="D4" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="E4" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="H4" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B5" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="C5" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="D5" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="E5" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="H5" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="B2" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="H2" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="I2" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="B3" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="H3" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="I3" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="B4" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="H4" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="I4" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="B2" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="C2" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="D2" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="E2" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="H2" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="B2" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="C2" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="H2" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="B3" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="C3" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="H3" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="B4" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="C4" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="H4" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>