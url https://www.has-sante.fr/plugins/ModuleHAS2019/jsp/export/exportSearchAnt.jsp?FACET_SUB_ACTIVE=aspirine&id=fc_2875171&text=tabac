--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,732 +1,6050 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1121" uniqueCount="712">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>WINGSPAN</t>
+  </si>
+  <si>
+    <t>Endoprothèse intracrânienne</t>
+  </si>
+  <si>
+    <t>01/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2016 09:26:10</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>https://www.has-sante.fr/jcms/c_2587620/fr/wingspan</t>
+  </si>
+  <si>
+    <t>c_2587620</t>
+  </si>
+  <si>
+    <t>STRYKER NEUROVASCULAR</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
+  </si>
+  <si>
+    <t>p_3496700</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>INSULET France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>DISPOSITIF D'OCCLUSION POUR FOP COCOON</t>
+  </si>
+  <si>
+    <t>11/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455702/fr/dispositif-d-occlusion-pour-fop-cocoon</t>
+  </si>
+  <si>
+    <t>p_3455702</t>
+  </si>
+  <si>
+    <t>Implant de fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>SMT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>GORE CARDIOFORM</t>
+  </si>
+  <si>
+    <t>Fermeture du foramen ovale perméable (FOP) chez les patients âgés entre 16 et 60 ans, ayant eu un infarctus cérébral récent (= 6 mois) (ce délai sera prolongé si un enregistrement prolongé du rythme cardiaque est nécessaire), avec un FOP associé à un ASIA (&gt; 10mm) ou à un shunt droit-gauche &gt; 20 µbulles ou un diamètre = 2mm. Le FOP étant la cause la plus probable de l’infarctus cérébral après un bilan étiologique par un spécialiste neurovasculaire.</t>
+  </si>
+  <si>
+    <t>16/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2021 16:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302064/fr/gore-cardioform</t>
+  </si>
+  <si>
+    <t>p_3302064</t>
+  </si>
+  <si>
+    <t>Implant pour fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>WL GORE ET ASSOCIES SARL</t>
+  </si>
+  <si>
+    <t>ANGIOLITE</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121326/fr/angiolite</t>
+  </si>
+  <si>
+    <t>p_3121326</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement),</t>
+  </si>
+  <si>
+    <t>IVASCULAR FRANCE</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>BioMatrix Flex</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715362/fr/biomatrix-flex</t>
+  </si>
+  <si>
+    <t>c_1715362</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>BioMatrix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715363/fr/biomatrix</t>
+  </si>
+  <si>
+    <t>c_1715363</t>
+  </si>
+  <si>
+    <t>STENTYS BMS dit STENTYS Self-Apposing</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire</t>
+  </si>
+  <si>
+    <t>27/12/2013 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713060/fr/stentys-bms-dit-stentys-self-apposing</t>
+  </si>
+  <si>
+    <t>c_1713060</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>HELISTENT TITAN 2</t>
+  </si>
+  <si>
+    <t>13/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398678/fr/helistent-titan-2</t>
+  </si>
+  <si>
+    <t>c_398678</t>
+  </si>
+  <si>
+    <t>HEXACATH France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Cancer colorectal : modalités de dépistage et de prévention chez les sujets à risque élevé et très élevé</t>
+  </si>
+  <si>
+    <t>La fiche mémo propose de faire le point sur les modalités de dépistage et de prévention du cancer colorectal (CCR), avec : Un rappel sur la stratégie de dépistage adoptée en France, le rôle des médecins généralistes dans l’orientation des sujets, les signes évocateurs de CCR, les signes évocateurs des formes héréditaires de CCR. La présentation des facteurs de risques de CCR. Le suivi personnalisé pour les sujets à risque élevé et très élevé de CCR (examen de référence, début de surveillance, rythme de suivi).</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2017 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772744/fr/cancer-colorectal-modalites-de-depistage-et-de-prevention-chez-les-sujets-a-risque-eleve-et-tres-eleve</t>
+  </si>
+  <si>
+    <t>c_2772744</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Lombalgie chronique de l’adulte et chirurgie</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique propose une nouvelle définition de la lombalgie chronique et évalue les techniques chirurgicales de la lombalgie chronique dégénérative de l’adulte pour en préciser les indications</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2016 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615316/fr/lombalgie-chronique-de-l-adulte-et-chirurgie</t>
+  </si>
+  <si>
+    <t>c_2615316</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+  </si>
+  <si>
+    <t>c_459541</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Thrombophilie et grossesse - Prévention des risques thrombotiques maternels et placentaires</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury :# 1. Quels sont les facteurs de risque de la maladie thrombo-embolique veineuse maternelle ?# 2. Quels sont les facteurs de risque de pathologie vasculaire placentaire ?# 3. Quels examens complémentaires réaliser, pour quelles patientes ?# 4. Quels sont les moyens thérapeutiques ? Quelles patientes traiter et selon quelles modalités pratiques ? Quelle information donner aux patientes ?#</t>
+  </si>
+  <si>
+    <t>15/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
+  </si>
+  <si>
+    <t>c_272236</t>
+  </si>
+  <si>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
+  </si>
+  <si>
+    <t>c_272348</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>ALD n° 1 - Accident vasculaire cérébral</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534745/fr/ald-n-1-accident-vasculaire-cerebral</t>
+  </si>
+  <si>
+    <t>c_534745</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>ALD n° 13 - Maladie coronarienne</t>
+  </si>
+  <si>
+    <t>20/04/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>ALD n° 3 - Artériopathie oblitérante des membres inférieurs</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534760/fr/ald-n-3-arteriopathie-obliterante-des-membres-inferieurs</t>
+  </si>
+  <si>
+    <t>c_534760</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Agénésie transversale de l’avant-bras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une agénésie transversale de l’avant-bras. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France (CEREFAM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292799/fr/agenesie-transversale-de-l-avant-bras</t>
+  </si>
+  <si>
+    <t>p_3292799</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Chirurgie de l’obésité : ce qu’il faut savoir avant de vous décider</t>
+  </si>
+  <si>
+    <t>Vous êtes en situation de surpoids ou d’obésité et vous vous demandez si une chirurgie serait une option envisageable pour vous. La chirurgie améliore la santé et la qualité de vie, réduit le poids et les complications de l’obésité, mais ne guérit pas de la maladie obésité. La chirurgie est un traitement de deuxième intention après un parcours médical global et seulement dans certaines conditions.</t>
+  </si>
+  <si>
+    <t>17/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_849636/fr/chirurgie-de-l-obesite-ce-qu-il-faut-savoir-avant-de-vous-decider</t>
+  </si>
+  <si>
+    <t>c_849636</t>
+  </si>
+  <si>
+    <t>Helicobacter pylori : recherche et traitement</t>
+  </si>
+  <si>
+    <t>Votre médecin vous a prescrit un examen pour rechercher la bactérie Helicobacter pylori ou vous allez recevoir un traitement pour éliminer cette infection. Ces fiches d'information ont pour objectif de vous accompagner et de vous apporter toutes les informations utiles.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
+  </si>
+  <si>
+    <t>c_2911396</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde : la prise en charge peut encore être améliorée</t>
+  </si>
+  <si>
+    <t>En France, chaque année 100 000 personnes sont atteintes d’infarctus du myocarde. Bien que la mortalité par infarctus ait fortement diminué en 10 ans, près de 13% des patients pris en charge en décèdent au cours de la première année. La HAS et les professionnels de santé concernés présentent aujourd’hui un bilan du programme d’amélioration de la prise en charge de l’infarctus du myocarde lancé en 2007 et insistent sur la nécessité de poursuivre les efforts engagés.</t>
+  </si>
+  <si>
+    <t>02/04/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765385/fr/infarctus-du-myocarde-la-prise-en-charge-peut-encore-etre-amelioree</t>
+  </si>
+  <si>
+    <t>c_765385</t>
+  </si>
+  <si>
+    <t>AVC, travailler avec les professionnels pour améliorer les pratiques</t>
+  </si>
+  <si>
+    <t>Dans le cadre du plan AVC et en continuité avec les travaux déjà réalisés sur l’accident vasculaire cérébral (AVC), la HAS a décidé de travailler avec les professionnels de santé à l’élaboration d’indicateurs de pratique clinique. En France, environ 130 000 personnes sont atteintes d’AVC chaque année. Les indicateurs de pratique clinique, jalonnant les différentes étapes du parcours du patient, permettront d’assurer et de mesurer l’efficacité, la sécurité de la prise en charge et l’accès aux meilleurs soins.</t>
+  </si>
+  <si>
+    <t>23/06/2010 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961542/fr/avc-travailler-avec-les-professionnels-pour-ameliorer-les-pratiques</t>
+  </si>
+  <si>
+    <t>c_961542</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
+  </si>
+  <si>
+    <t>La HAS publie avec l’ANSM une étude portant sur l’efficacité et la sécurité des différentes gammes de stents coronaires « en vie réelle » en France.</t>
+  </si>
+  <si>
+    <t>30/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829945/fr/endoprotheses-coronaires-stents-rapport-d-etude-has-ansm</t>
+  </si>
+  <si>
+    <t>c_2829945</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilité clinique de l’ajout de la mesure de la fraction expirée du monoxyde d’azote (FeNO) à la stratégie actuelle de suivi d’un patient asthmatique pour l’ajustement des différents traitements de l’asthme et description de ses conditions de réalisation, en vue de l’inscription, ou non, de cette mesure à la Classification commune des actes médicaux (CCAM)</t>
+  </si>
+  <si>
+    <t>25/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2023 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331921/fr/mesure-de-la-fraction-expiree-du-monoxyde-d-azote-feno-pour-l-ajustement-du-traitement-de-l-asthme</t>
+  </si>
+  <si>
+    <t>p_3331921</t>
+  </si>
+  <si>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la mesure de fraction du flux de réserve coronarien (FFR), au cours d’une coronarographie, pour une sténose intermédiaire d’un vaisseau coronaire, en vue d’une inscription de l’acte à la Liste des actes et prestations (LAP)</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Recommandations organisationnelles de la chirurgie ambulatoire : outils et guide</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est de proposer des processus organisationnels opérationnels et des outils associés permettant aux acteurs de terrain de développer la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337911/fr/recommandations-organisationnelles-de-la-chirurgie-ambulatoire-outils-et-guide</t>
+  </si>
+  <si>
+    <t>c_1337911</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 janvier 2020</t>
+  </si>
+  <si>
+    <t>24/01/2020 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148159/fr/college-deliberatif-du-29-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3148159</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 19 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624056/fr/cnedimts-reunion-du-19-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624056</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
+  </si>
+  <si>
+    <t>En 2010, la HAS a coordonné la troisième campagne de recueil généralisée des indicateurs du thème « Prise en charge de l’infarctus du myocarde après la phase aiguë » impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet notamment d’analyser l’évolution des résultats sur 3 années consécutives.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2012 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216354/fr/indicateurs-de-qualite-generalises-theme-infarctus-du-myocarde-apres-la-phase-aigue-analyse-descriptive-des-resultats-agreges-campagne-2010-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1216354</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Étude de la faisabilité et de l’intérêt de la mesure d’indicateurs de qualité et sécurité des soins sur les entrepôts de données de santé hospitaliers</t>
+  </si>
+  <si>
+    <t>Ce projet explore la réutilisation des données des EDSH pour mesurer des IQSS par la capitalisation de travaux déjà menés par 3 CHU et par l’expérimentation d’automatisation d’un indicateur de délai dans la prise en charge de l’AVC.</t>
+  </si>
+  <si>
+    <t>28/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499689/fr/etude-de-la-faisabilite-et-de-l-interet-de-la-mesure-d-indicateurs-de-qualite-et-securite-des-soins-sur-les-entrepots-de-donnees-de-sante-hospitaliers</t>
+  </si>
+  <si>
+    <t>p_3499689</t>
+  </si>
+  <si>
+    <t>La diffusion publique de données relatives à l’activité, la performance, les résultats des établissements de santé – Étude bibliographique – Béatrice Fermon, Pierre Lévy, Université Paris-Dauphine – novembre 2005</t>
+  </si>
+  <si>
+    <t>Depuis 2005, la HAS a initié des réflexions et des études sur la production d’indicateurs, leur diffusion et leurs effets sur les acteurs du système de santé, en particulier les usagers. Dans ce cadre, la HAS a souhaité disposer d’une revue de la littérature et des expériences étrangères en matière de diffusion publique d'indicateurs sur la performance des établissements de santé.</t>
+  </si>
+  <si>
+    <t>16/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2011 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021716/fr/la-diffusion-publique-de-donnees-relatives-a-l-activite-la-performance-les-resultats-des-etablissements-de-sante-etude-bibliographique-beatrice-fermon-pierre-levy-universite-paris-dauphine-novembre-2005</t>
+  </si>
+  <si>
+    <t>c_1021716</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde (IDM) - Programme Pilote 2008-2013</t>
+  </si>
+  <si>
+    <t>21/05/2013 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736856/fr/infarctus-du-myocarde-idm-programme-pilote-2008-2013</t>
+  </si>
+  <si>
+    <t>c_736856</t>
+  </si>
+  <si>
+    <t>Ensemble, améliorons la prise en charge de l’infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Salle de presse virtuelle - On estime que chaque année en France, environ 100 000 personnes sont atteintes d’infarctus du myocarde. Parmi les patients pris en charge, 7 % décèdent dans le premier mois et au total, 13% décèdent au cours de la 1ère année. Cette mortalité a été réduite de moitié en 10 ans grâce à une amélioration globale de la prise en charge.# upload/docs/image/gif/2009-04/stethoscope_coeur_small.gif</t>
+  </si>
+  <si>
+    <t>02/04/2009 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765215/fr/ensemble-ameliorons-la-prise-en-charge-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_765215</t>
+  </si>
+  <si>
+    <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
+  </si>
+  <si>
+    <t>05/07/2017 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
+  </si>
+  <si>
+    <t>c_1242619</t>
+  </si>
+  <si>
+    <t>Expérience patient dans l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>02/07/2013 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600208/fr/experience-patient-dans-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_1600208</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Archives historiques</t>
+  </si>
+  <si>
+    <t>La Section archives de la HAS met à la disposition des chercheurs deux instruments de recherche. Il s’agit de répertoires numériques proposant une description détaillée.</t>
+  </si>
+  <si>
+    <t>05/05/2011 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_462982/fr/archives-historiques</t>
+  </si>
+  <si>
+    <t>c_462982</t>
+  </si>
+  <si>
+    <t>Prise en charge chirurgicale de l'obésité chez l’adulte - Dossier de presse</t>
+  </si>
+  <si>
+    <t>L’obésité est une maladie chronique. Elle peut, en particulier lorsqu’elle est sévère ou massive, entraîner des difficultés dans la vie de tous les jours. Elle peut également menacer la santé et provoquer des maladies comme le diabète, l’hypertension artérielle, l’hypercholestérolémie, le syndrome d’apnées du sommeil… La chirurgie de l’obésité aide à perdre du poids durablement et à contrôler ces maladies. Néanmoins, se faire opérer est une décision importante et nécessite une bonne préparation. Vous trouverez dans cet espace, les recommandations destinées aux professionnels, une fiche d’information destinée aux médecins traitants ; une brochure d’information destinée aux personnes obèses qui envisagent la chirurgie de l’obésité, des interviews vidéos, ...</t>
+  </si>
+  <si>
+    <t>21/10/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865974/fr/prise-en-charge-chirurgicale-de-l-obesite-chez-l-adulte-dossier-de-presse</t>
+  </si>
+  <si>
+    <t>c_865974</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Les maladies cardio-vasculaires représentent la première cause de mortalité dans tous les pays industrialisés. En France, Environ 120 000 personnes sont atteintes d’infarctus du myocarde, chaque année. 10 % en décèdent lors de la crise et un an après, 18 000 personnes en seront mortes. Face à ce problème de santé publique majeur, la Haute Autorité de Santé informe les professionnels sur les documents de référence mis à leur disposition pour une prise en charge globale du patient et le grand public sur les réflexes d’urgence à adopter.</t>
+  </si>
+  <si>
+    <t>22/05/2007 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532116/fr/infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_532116</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>45</v>
+      </c>
+      <c r="I6" t="s">
+        <v>46</v>
+      </c>
+      <c r="J6" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>52</v>
+      </c>
+      <c r="I7" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>59</v>
+      </c>
+      <c r="I8" t="s">
+        <v>55</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+      <c r="I9" t="s">
         <v>55</v>
       </c>
-      <c r="H9" t="s">
-        <v>56</v>
+      <c r="J9" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="D10" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="E10" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="H10" t="s">
-        <v>62</v>
+        <v>68</v>
+      </c>
+      <c r="I10" t="s">
+        <v>65</v>
+      </c>
+      <c r="J10" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>73</v>
+      </c>
+      <c r="I11" t="s">
+        <v>15</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>657</v>
+      </c>
+      <c r="B2" t="s">
+        <v>658</v>
+      </c>
+      <c r="C2" t="s">
+        <v>659</v>
+      </c>
+      <c r="D2" t="s">
+        <v>660</v>
+      </c>
+      <c r="E2" t="s">
+        <v>661</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>662</v>
+      </c>
+      <c r="H2" t="s">
+        <v>663</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>664</v>
+      </c>
+      <c r="B2" t="s">
+        <v>665</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>666</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>667</v>
+      </c>
+      <c r="H2" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>664</v>
+      </c>
+      <c r="B3" t="s">
+        <v>669</v>
+      </c>
+      <c r="C3" t="s">
+        <v>670</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>671</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>672</v>
+      </c>
+      <c r="H3" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>664</v>
+      </c>
+      <c r="B4" t="s">
+        <v>674</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>675</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>676</v>
+      </c>
+      <c r="H4" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>664</v>
+      </c>
+      <c r="B5" t="s">
+        <v>678</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>679</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>680</v>
+      </c>
+      <c r="H5" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>664</v>
+      </c>
+      <c r="B6" t="s">
+        <v>682</v>
+      </c>
+      <c r="C6" t="s">
+        <v>683</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>684</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>685</v>
+      </c>
+      <c r="H6" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>664</v>
+      </c>
+      <c r="B7" t="s">
+        <v>687</v>
+      </c>
+      <c r="C7" t="s">
+        <v>688</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>689</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>690</v>
+      </c>
+      <c r="H7" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>664</v>
+      </c>
+      <c r="B8" t="s">
+        <v>692</v>
+      </c>
+      <c r="C8" t="s">
+        <v>693</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>694</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>695</v>
+      </c>
+      <c r="H8" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>664</v>
+      </c>
+      <c r="B9" t="s">
+        <v>697</v>
+      </c>
+      <c r="C9" t="s">
+        <v>698</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>699</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>700</v>
+      </c>
+      <c r="H9" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>664</v>
+      </c>
+      <c r="B10" t="s">
+        <v>702</v>
+      </c>
+      <c r="C10" t="s">
+        <v>703</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>704</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>705</v>
+      </c>
+      <c r="H10" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>664</v>
+      </c>
+      <c r="B11" t="s">
+        <v>707</v>
+      </c>
+      <c r="C11" t="s">
+        <v>708</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>709</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>710</v>
+      </c>
+      <c r="H11" t="s">
+        <v>711</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D3" t="s">
+        <v>84</v>
+      </c>
+      <c r="E3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>92</v>
+      </c>
+      <c r="H4" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>98</v>
+      </c>
+      <c r="H5" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C6" t="s">
+        <v>101</v>
+      </c>
+      <c r="D6" t="s">
+        <v>102</v>
+      </c>
+      <c r="E6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H6" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C7" t="s">
+        <v>107</v>
+      </c>
+      <c r="D7" t="s">
+        <v>108</v>
+      </c>
+      <c r="E7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>110</v>
+      </c>
+      <c r="H7" t="s">
+        <v>111</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>117</v>
+      </c>
+      <c r="H2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D4" t="s">
+        <v>127</v>
+      </c>
+      <c r="E4" t="s">
+        <v>128</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>129</v>
+      </c>
+      <c r="H4" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>112</v>
+      </c>
+      <c r="B5" t="s">
+        <v>131</v>
+      </c>
+      <c r="C5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E5" t="s">
+        <v>134</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>135</v>
+      </c>
+      <c r="H5" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D6" t="s">
+        <v>139</v>
+      </c>
+      <c r="E6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>141</v>
+      </c>
+      <c r="H6" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>112</v>
+      </c>
+      <c r="B7" t="s">
+        <v>143</v>
+      </c>
+      <c r="C7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D7" t="s">
+        <v>145</v>
+      </c>
+      <c r="E7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>146</v>
+      </c>
+      <c r="H7" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>112</v>
+      </c>
+      <c r="B8" t="s">
+        <v>148</v>
+      </c>
+      <c r="C8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D8" t="s">
+        <v>150</v>
+      </c>
+      <c r="E8" t="s">
+        <v>151</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>152</v>
+      </c>
+      <c r="H8" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>112</v>
+      </c>
+      <c r="B9" t="s">
+        <v>154</v>
+      </c>
+      <c r="C9" t="s">
+        <v>155</v>
+      </c>
+      <c r="D9" t="s">
+        <v>156</v>
+      </c>
+      <c r="E9" t="s">
+        <v>157</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>158</v>
+      </c>
+      <c r="H9" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>112</v>
+      </c>
+      <c r="B10" t="s">
+        <v>160</v>
+      </c>
+      <c r="C10" t="s">
+        <v>161</v>
+      </c>
+      <c r="D10" t="s">
+        <v>162</v>
+      </c>
+      <c r="E10" t="s">
+        <v>163</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>164</v>
+      </c>
+      <c r="H10" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>112</v>
+      </c>
+      <c r="B11" t="s">
+        <v>166</v>
+      </c>
+      <c r="C11" t="s">
+        <v>167</v>
+      </c>
+      <c r="D11" t="s">
+        <v>168</v>
+      </c>
+      <c r="E11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>170</v>
+      </c>
+      <c r="H11" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>112</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>172</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>173</v>
       </c>
       <c r="D12" t="s">
-        <v>71</v>
+        <v>174</v>
       </c>
       <c r="E12" t="s">
-        <v>72</v>
+        <v>175</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>73</v>
+        <v>176</v>
       </c>
       <c r="H12" t="s">
-        <v>74</v>
+        <v>177</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
+        <v>178</v>
       </c>
       <c r="C13" t="s">
-        <v>76</v>
+        <v>179</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
       <c r="E13" t="s">
-        <v>78</v>
+        <v>181</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>79</v>
+        <v>182</v>
       </c>
       <c r="H13" t="s">
-        <v>80</v>
+        <v>183</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>50</v>
+        <v>112</v>
       </c>
       <c r="B14" t="s">
-        <v>81</v>
+        <v>184</v>
       </c>
       <c r="C14" t="s">
-        <v>82</v>
+        <v>185</v>
       </c>
       <c r="D14" t="s">
-        <v>83</v>
+        <v>186</v>
       </c>
       <c r="E14" t="s">
-        <v>84</v>
+        <v>187</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>85</v>
+        <v>188</v>
       </c>
       <c r="H14" t="s">
-        <v>86</v>
+        <v>189</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>190</v>
+      </c>
+      <c r="C15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D15" t="s">
+        <v>192</v>
+      </c>
+      <c r="E15" t="s">
+        <v>193</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>194</v>
+      </c>
+      <c r="H15" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>196</v>
+      </c>
+      <c r="C16" t="s">
+        <v>197</v>
+      </c>
+      <c r="D16" t="s">
+        <v>198</v>
+      </c>
+      <c r="E16" t="s">
+        <v>199</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>200</v>
+      </c>
+      <c r="H16" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>202</v>
+      </c>
+      <c r="C17" t="s">
+        <v>203</v>
+      </c>
+      <c r="D17" t="s">
+        <v>204</v>
+      </c>
+      <c r="E17" t="s">
+        <v>205</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>206</v>
+      </c>
+      <c r="H17" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>208</v>
+      </c>
+      <c r="C18" t="s">
+        <v>209</v>
+      </c>
+      <c r="D18" t="s">
+        <v>210</v>
+      </c>
+      <c r="E18" t="s">
+        <v>211</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>212</v>
+      </c>
+      <c r="H18" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>112</v>
+      </c>
+      <c r="B19" t="s">
+        <v>214</v>
+      </c>
+      <c r="C19" t="s">
+        <v>215</v>
+      </c>
+      <c r="D19" t="s">
+        <v>216</v>
+      </c>
+      <c r="E19" t="s">
+        <v>217</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>218</v>
+      </c>
+      <c r="H19" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>220</v>
+      </c>
+      <c r="C20" t="s">
+        <v>221</v>
+      </c>
+      <c r="D20" t="s">
+        <v>222</v>
+      </c>
+      <c r="E20" t="s">
+        <v>223</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>224</v>
+      </c>
+      <c r="H20" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>226</v>
+      </c>
+      <c r="C21" t="s">
+        <v>227</v>
+      </c>
+      <c r="D21" t="s">
+        <v>228</v>
+      </c>
+      <c r="E21" t="s">
+        <v>229</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>230</v>
+      </c>
+      <c r="H21" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>112</v>
+      </c>
+      <c r="B22" t="s">
+        <v>232</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>233</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>234</v>
+      </c>
+      <c r="H22" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>112</v>
+      </c>
+      <c r="B23" t="s">
+        <v>236</v>
+      </c>
+      <c r="C23" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>237</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>238</v>
+      </c>
+      <c r="H23" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>112</v>
+      </c>
+      <c r="B24" t="s">
+        <v>240</v>
+      </c>
+      <c r="C24" t="s">
+        <v>241</v>
+      </c>
+      <c r="D24" t="s">
+        <v>180</v>
+      </c>
+      <c r="E24" t="s">
+        <v>242</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>243</v>
+      </c>
+      <c r="H24" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B25" t="s">
+        <v>245</v>
+      </c>
+      <c r="C25" t="s">
+        <v>246</v>
+      </c>
+      <c r="D25" t="s">
+        <v>90</v>
+      </c>
+      <c r="E25" t="s">
+        <v>247</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>248</v>
+      </c>
+      <c r="H25" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>250</v>
+      </c>
+      <c r="C26" t="s">
+        <v>251</v>
+      </c>
+      <c r="D26" t="s">
+        <v>252</v>
+      </c>
+      <c r="E26" t="s">
+        <v>253</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>254</v>
+      </c>
+      <c r="H26" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>256</v>
+      </c>
+      <c r="C27" t="s">
+        <v>257</v>
+      </c>
+      <c r="D27" t="s">
+        <v>258</v>
+      </c>
+      <c r="E27" t="s">
+        <v>259</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>260</v>
+      </c>
+      <c r="H27" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" t="s">
+        <v>262</v>
+      </c>
+      <c r="C28" t="s">
+        <v>263</v>
+      </c>
+      <c r="D28" t="s">
+        <v>168</v>
+      </c>
+      <c r="E28" t="s">
+        <v>169</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>264</v>
+      </c>
+      <c r="H28" t="s">
+        <v>265</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E2" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>271</v>
+      </c>
+      <c r="H2" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B3" t="s">
+        <v>273</v>
+      </c>
+      <c r="C3" t="s">
+        <v>274</v>
+      </c>
+      <c r="D3" t="s">
+        <v>275</v>
+      </c>
+      <c r="E3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B4" t="s">
+        <v>279</v>
+      </c>
+      <c r="C4" t="s">
+        <v>280</v>
+      </c>
+      <c r="D4" t="s">
+        <v>281</v>
+      </c>
+      <c r="E4" t="s">
+        <v>282</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>283</v>
+      </c>
+      <c r="H4" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>266</v>
+      </c>
+      <c r="B5" t="s">
+        <v>285</v>
+      </c>
+      <c r="C5" t="s">
+        <v>280</v>
+      </c>
+      <c r="D5" t="s">
+        <v>281</v>
+      </c>
+      <c r="E5" t="s">
+        <v>286</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>287</v>
+      </c>
+      <c r="H5" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>266</v>
+      </c>
+      <c r="B6" t="s">
+        <v>289</v>
+      </c>
+      <c r="C6" t="s">
+        <v>280</v>
+      </c>
+      <c r="D6" t="s">
+        <v>281</v>
+      </c>
+      <c r="E6" t="s">
+        <v>290</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>291</v>
+      </c>
+      <c r="H6" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>266</v>
+      </c>
+      <c r="B7" t="s">
+        <v>293</v>
+      </c>
+      <c r="C7" t="s">
+        <v>294</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>295</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>296</v>
+      </c>
+      <c r="H7" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>266</v>
+      </c>
+      <c r="B8" t="s">
+        <v>298</v>
+      </c>
+      <c r="C8" t="s">
+        <v>299</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>300</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>301</v>
+      </c>
+      <c r="H8" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>266</v>
+      </c>
+      <c r="B9" t="s">
+        <v>303</v>
+      </c>
+      <c r="C9" t="s">
+        <v>304</v>
+      </c>
+      <c r="D9" t="s">
+        <v>305</v>
+      </c>
+      <c r="E9" t="s">
+        <v>306</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>307</v>
+      </c>
+      <c r="H9" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>266</v>
+      </c>
+      <c r="B10" t="s">
+        <v>309</v>
+      </c>
+      <c r="C10" t="s">
+        <v>280</v>
+      </c>
+      <c r="D10" t="s">
+        <v>310</v>
+      </c>
+      <c r="E10" t="s">
+        <v>311</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>312</v>
+      </c>
+      <c r="H10" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>266</v>
+      </c>
+      <c r="B11" t="s">
+        <v>314</v>
+      </c>
+      <c r="C11" t="s">
+        <v>315</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>316</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>317</v>
+      </c>
+      <c r="H11" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>266</v>
+      </c>
+      <c r="B12" t="s">
+        <v>319</v>
+      </c>
+      <c r="C12" t="s">
+        <v>320</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>321</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>322</v>
+      </c>
+      <c r="H12" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>266</v>
+      </c>
+      <c r="B13" t="s">
+        <v>324</v>
+      </c>
+      <c r="C13" t="s">
+        <v>325</v>
+      </c>
+      <c r="D13" t="s">
+        <v>326</v>
+      </c>
+      <c r="E13" t="s">
+        <v>327</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>328</v>
+      </c>
+      <c r="H13" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>266</v>
+      </c>
+      <c r="B14" t="s">
+        <v>330</v>
+      </c>
+      <c r="C14" t="s">
+        <v>331</v>
+      </c>
+      <c r="D14" t="s">
+        <v>332</v>
+      </c>
+      <c r="E14" t="s">
+        <v>333</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>334</v>
+      </c>
+      <c r="H14" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>266</v>
+      </c>
+      <c r="B15" t="s">
+        <v>336</v>
+      </c>
+      <c r="C15" t="s">
+        <v>337</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>338</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>339</v>
+      </c>
+      <c r="H15" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>266</v>
+      </c>
+      <c r="B16" t="s">
+        <v>341</v>
+      </c>
+      <c r="C16" t="s">
+        <v>280</v>
+      </c>
+      <c r="D16" t="s">
+        <v>269</v>
+      </c>
+      <c r="E16" t="s">
+        <v>342</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>343</v>
+      </c>
+      <c r="H16" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>266</v>
+      </c>
+      <c r="B17" t="s">
+        <v>345</v>
+      </c>
+      <c r="C17" t="s">
+        <v>346</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>347</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>348</v>
+      </c>
+      <c r="H17" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>266</v>
+      </c>
+      <c r="B18" t="s">
+        <v>350</v>
+      </c>
+      <c r="C18" t="s">
+        <v>351</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>352</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>353</v>
+      </c>
+      <c r="H18" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>266</v>
+      </c>
+      <c r="B19" t="s">
+        <v>355</v>
+      </c>
+      <c r="C19" t="s">
+        <v>356</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>357</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>358</v>
+      </c>
+      <c r="H19" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>266</v>
+      </c>
+      <c r="B20" t="s">
+        <v>360</v>
+      </c>
+      <c r="C20" t="s">
+        <v>361</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>362</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>363</v>
+      </c>
+      <c r="H20" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>266</v>
+      </c>
+      <c r="B21" t="s">
+        <v>365</v>
+      </c>
+      <c r="C21" t="s">
+        <v>366</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>367</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>368</v>
+      </c>
+      <c r="H21" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>266</v>
+      </c>
+      <c r="B22" t="s">
+        <v>370</v>
+      </c>
+      <c r="C22" t="s">
+        <v>280</v>
+      </c>
+      <c r="D22" t="s">
+        <v>371</v>
+      </c>
+      <c r="E22" t="s">
+        <v>372</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>373</v>
+      </c>
+      <c r="H22" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>266</v>
+      </c>
+      <c r="B23" t="s">
+        <v>365</v>
+      </c>
+      <c r="C23" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" t="s">
+        <v>375</v>
+      </c>
+      <c r="E23" t="s">
+        <v>376</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>377</v>
+      </c>
+      <c r="H23" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>266</v>
+      </c>
+      <c r="B24" t="s">
+        <v>379</v>
+      </c>
+      <c r="C24" t="s">
+        <v>380</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>381</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>382</v>
+      </c>
+      <c r="H24" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>266</v>
+      </c>
+      <c r="B25" t="s">
+        <v>384</v>
+      </c>
+      <c r="C25" t="s">
+        <v>385</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>386</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>387</v>
+      </c>
+      <c r="H25" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>266</v>
+      </c>
+      <c r="B26" t="s">
+        <v>389</v>
+      </c>
+      <c r="C26" t="s">
+        <v>390</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>391</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>392</v>
+      </c>
+      <c r="H26" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>266</v>
+      </c>
+      <c r="B27" t="s">
+        <v>394</v>
+      </c>
+      <c r="C27" t="s">
+        <v>395</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>396</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>397</v>
+      </c>
+      <c r="H27" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>266</v>
+      </c>
+      <c r="B28" t="s">
+        <v>399</v>
+      </c>
+      <c r="C28" t="s">
+        <v>400</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>401</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>402</v>
+      </c>
+      <c r="H28" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>266</v>
+      </c>
+      <c r="B29" t="s">
+        <v>404</v>
+      </c>
+      <c r="C29" t="s">
+        <v>405</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>406</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>407</v>
+      </c>
+      <c r="H29" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>266</v>
+      </c>
+      <c r="B30" t="s">
+        <v>409</v>
+      </c>
+      <c r="C30" t="s">
+        <v>410</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>411</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>412</v>
+      </c>
+      <c r="H30" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>266</v>
+      </c>
+      <c r="B31" t="s">
+        <v>414</v>
+      </c>
+      <c r="C31" t="s">
+        <v>415</v>
+      </c>
+      <c r="D31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" t="s">
+        <v>416</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>417</v>
+      </c>
+      <c r="H31" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>266</v>
+      </c>
+      <c r="B32" t="s">
+        <v>419</v>
+      </c>
+      <c r="C32" t="s">
+        <v>420</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>421</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>422</v>
+      </c>
+      <c r="H32" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>266</v>
+      </c>
+      <c r="B33" t="s">
+        <v>424</v>
+      </c>
+      <c r="C33" t="s">
+        <v>425</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>421</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>426</v>
+      </c>
+      <c r="H33" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>266</v>
+      </c>
+      <c r="B34" t="s">
+        <v>428</v>
+      </c>
+      <c r="C34" t="s">
+        <v>429</v>
+      </c>
+      <c r="D34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" t="s">
+        <v>430</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>431</v>
+      </c>
+      <c r="H34" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>266</v>
+      </c>
+      <c r="B35" t="s">
+        <v>433</v>
+      </c>
+      <c r="C35" t="s">
+        <v>434</v>
+      </c>
+      <c r="D35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" t="s">
+        <v>435</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>436</v>
+      </c>
+      <c r="H35" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>266</v>
+      </c>
+      <c r="B36" t="s">
+        <v>438</v>
+      </c>
+      <c r="C36" t="s">
+        <v>439</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>440</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>441</v>
+      </c>
+      <c r="H36" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>266</v>
+      </c>
+      <c r="B37" t="s">
+        <v>443</v>
+      </c>
+      <c r="C37" t="s">
+        <v>444</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>445</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>446</v>
+      </c>
+      <c r="H37" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>266</v>
+      </c>
+      <c r="B38" t="s">
+        <v>448</v>
+      </c>
+      <c r="C38" t="s">
+        <v>449</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>450</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>451</v>
+      </c>
+      <c r="H38" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>266</v>
+      </c>
+      <c r="B39" t="s">
+        <v>453</v>
+      </c>
+      <c r="C39" t="s">
+        <v>454</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>455</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>456</v>
+      </c>
+      <c r="H39" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>266</v>
+      </c>
+      <c r="B40" t="s">
+        <v>458</v>
+      </c>
+      <c r="C40" t="s">
+        <v>459</v>
+      </c>
+      <c r="D40" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" t="s">
+        <v>460</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>461</v>
+      </c>
+      <c r="H40" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>266</v>
+      </c>
+      <c r="B41" t="s">
+        <v>463</v>
+      </c>
+      <c r="C41" t="s">
+        <v>464</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>465</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>466</v>
+      </c>
+      <c r="H41" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>266</v>
+      </c>
+      <c r="B42" t="s">
+        <v>468</v>
+      </c>
+      <c r="C42" t="s">
+        <v>469</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
+        <v>470</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>471</v>
+      </c>
+      <c r="H42" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>266</v>
+      </c>
+      <c r="B43" t="s">
+        <v>473</v>
+      </c>
+      <c r="C43" t="s">
+        <v>474</v>
+      </c>
+      <c r="D43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" t="s">
+        <v>475</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>476</v>
+      </c>
+      <c r="H43" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>266</v>
+      </c>
+      <c r="B44" t="s">
+        <v>478</v>
+      </c>
+      <c r="C44" t="s">
+        <v>479</v>
+      </c>
+      <c r="D44" t="s">
+        <v>480</v>
+      </c>
+      <c r="E44" t="s">
+        <v>481</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>482</v>
+      </c>
+      <c r="H44" t="s">
+        <v>483</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B2" t="s">
+        <v>485</v>
+      </c>
+      <c r="C2" t="s">
+        <v>486</v>
+      </c>
+      <c r="D2" t="s">
+        <v>487</v>
+      </c>
+      <c r="E2" t="s">
+        <v>488</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>489</v>
+      </c>
+      <c r="H2" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>484</v>
+      </c>
+      <c r="B3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C3" t="s">
+        <v>492</v>
+      </c>
+      <c r="D3" t="s">
+        <v>493</v>
+      </c>
+      <c r="E3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>495</v>
+      </c>
+      <c r="H3" t="s">
+        <v>496</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>497</v>
+      </c>
+      <c r="B2" t="s">
+        <v>498</v>
+      </c>
+      <c r="C2" t="s">
+        <v>499</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>500</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>501</v>
+      </c>
+      <c r="H2" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B3" t="s">
+        <v>503</v>
+      </c>
+      <c r="C3" t="s">
+        <v>504</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>506</v>
+      </c>
+      <c r="H3" t="s">
+        <v>507</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>508</v>
+      </c>
+      <c r="B2" t="s">
+        <v>509</v>
+      </c>
+      <c r="C2" t="s">
+        <v>510</v>
+      </c>
+      <c r="D2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E2" t="s">
+        <v>511</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>512</v>
+      </c>
+      <c r="H2" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B3" t="s">
+        <v>514</v>
+      </c>
+      <c r="C3" t="s">
+        <v>515</v>
+      </c>
+      <c r="D3" t="s">
+        <v>516</v>
+      </c>
+      <c r="E3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>518</v>
+      </c>
+      <c r="H3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>508</v>
+      </c>
+      <c r="B4" t="s">
+        <v>520</v>
+      </c>
+      <c r="C4" t="s">
+        <v>521</v>
+      </c>
+      <c r="D4" t="s">
+        <v>522</v>
+      </c>
+      <c r="E4" t="s">
+        <v>523</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>524</v>
+      </c>
+      <c r="H4" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>508</v>
+      </c>
+      <c r="B5" t="s">
+        <v>526</v>
+      </c>
+      <c r="C5" t="s">
+        <v>527</v>
+      </c>
+      <c r="D5" t="s">
+        <v>528</v>
+      </c>
+      <c r="E5" t="s">
+        <v>529</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>530</v>
+      </c>
+      <c r="H5" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>508</v>
+      </c>
+      <c r="B6" t="s">
+        <v>532</v>
+      </c>
+      <c r="C6" t="s">
+        <v>533</v>
+      </c>
+      <c r="D6" t="s">
+        <v>534</v>
+      </c>
+      <c r="E6" t="s">
+        <v>535</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>536</v>
+      </c>
+      <c r="H6" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>508</v>
+      </c>
+      <c r="B7" t="s">
+        <v>538</v>
+      </c>
+      <c r="C7" t="s">
+        <v>539</v>
+      </c>
+      <c r="D7" t="s">
+        <v>540</v>
+      </c>
+      <c r="E7" t="s">
+        <v>541</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>542</v>
+      </c>
+      <c r="H7" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>508</v>
+      </c>
+      <c r="B8" t="s">
+        <v>544</v>
+      </c>
+      <c r="C8" t="s">
+        <v>545</v>
+      </c>
+      <c r="D8" t="s">
+        <v>546</v>
+      </c>
+      <c r="E8" t="s">
+        <v>547</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>548</v>
+      </c>
+      <c r="H8" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>508</v>
+      </c>
+      <c r="B9" t="s">
+        <v>550</v>
+      </c>
+      <c r="C9" t="s">
+        <v>551</v>
+      </c>
+      <c r="D9" t="s">
+        <v>552</v>
+      </c>
+      <c r="E9" t="s">
+        <v>553</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>554</v>
+      </c>
+      <c r="H9" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>508</v>
+      </c>
+      <c r="B10" t="s">
+        <v>556</v>
+      </c>
+      <c r="C10" t="s">
+        <v>557</v>
+      </c>
+      <c r="D10" t="s">
+        <v>558</v>
+      </c>
+      <c r="E10" t="s">
+        <v>559</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>560</v>
+      </c>
+      <c r="H10" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>508</v>
+      </c>
+      <c r="B11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C11" t="s">
+        <v>563</v>
+      </c>
+      <c r="D11" t="s">
+        <v>564</v>
+      </c>
+      <c r="E11" t="s">
+        <v>565</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>566</v>
+      </c>
+      <c r="H11" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>508</v>
+      </c>
+      <c r="B12" t="s">
+        <v>568</v>
+      </c>
+      <c r="C12" t="s">
+        <v>569</v>
+      </c>
+      <c r="D12" t="s">
+        <v>570</v>
+      </c>
+      <c r="E12" t="s">
+        <v>571</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>572</v>
+      </c>
+      <c r="H12" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>508</v>
+      </c>
+      <c r="B13" t="s">
+        <v>574</v>
+      </c>
+      <c r="C13" t="s">
+        <v>575</v>
+      </c>
+      <c r="D13" t="s">
+        <v>576</v>
+      </c>
+      <c r="E13" t="s">
+        <v>577</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>578</v>
+      </c>
+      <c r="H13" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>508</v>
+      </c>
+      <c r="B14" t="s">
+        <v>580</v>
+      </c>
+      <c r="C14" t="s">
+        <v>581</v>
+      </c>
+      <c r="D14" t="s">
+        <v>582</v>
+      </c>
+      <c r="E14" t="s">
+        <v>583</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>584</v>
+      </c>
+      <c r="H14" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>508</v>
+      </c>
+      <c r="B15" t="s">
+        <v>586</v>
+      </c>
+      <c r="C15" t="s">
+        <v>587</v>
+      </c>
+      <c r="D15" t="s">
+        <v>588</v>
+      </c>
+      <c r="E15" t="s">
+        <v>589</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>590</v>
+      </c>
+      <c r="H15" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>508</v>
+      </c>
+      <c r="B16" t="s">
+        <v>592</v>
+      </c>
+      <c r="C16" t="s">
+        <v>593</v>
+      </c>
+      <c r="D16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E16" t="s">
+        <v>594</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>595</v>
+      </c>
+      <c r="H16" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>508</v>
+      </c>
+      <c r="B17" t="s">
+        <v>597</v>
+      </c>
+      <c r="C17" t="s">
+        <v>598</v>
+      </c>
+      <c r="D17" t="s">
+        <v>599</v>
+      </c>
+      <c r="E17" t="s">
+        <v>600</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>601</v>
+      </c>
+      <c r="H17" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>508</v>
+      </c>
+      <c r="B18" t="s">
+        <v>603</v>
+      </c>
+      <c r="C18" t="s">
+        <v>604</v>
+      </c>
+      <c r="D18" t="s">
+        <v>605</v>
+      </c>
+      <c r="E18" t="s">
+        <v>606</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>607</v>
+      </c>
+      <c r="H18" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>508</v>
+      </c>
+      <c r="B19" t="s">
+        <v>609</v>
+      </c>
+      <c r="C19" t="s">
+        <v>610</v>
+      </c>
+      <c r="D19" t="s">
+        <v>611</v>
+      </c>
+      <c r="E19" t="s">
+        <v>612</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>613</v>
+      </c>
+      <c r="H19" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>508</v>
+      </c>
+      <c r="B20" t="s">
+        <v>615</v>
+      </c>
+      <c r="C20" t="s">
+        <v>616</v>
+      </c>
+      <c r="D20" t="s">
+        <v>617</v>
+      </c>
+      <c r="E20" t="s">
+        <v>618</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>619</v>
+      </c>
+      <c r="H20" t="s">
+        <v>620</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>622</v>
+      </c>
+      <c r="B2" t="s">
+        <v>623</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>624</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>625</v>
+      </c>
+      <c r="H2" t="s">
+        <v>626</v>
+      </c>
+      <c r="I2" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>622</v>
+      </c>
+      <c r="B3" t="s">
+        <v>628</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>629</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>630</v>
+      </c>
+      <c r="H3" t="s">
+        <v>631</v>
+      </c>
+      <c r="I3" t="s">
+        <v>627</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>632</v>
+      </c>
+      <c r="B2" t="s">
+        <v>633</v>
+      </c>
+      <c r="C2" t="s">
+        <v>634</v>
+      </c>
+      <c r="D2" t="s">
+        <v>635</v>
+      </c>
+      <c r="E2" t="s">
+        <v>636</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>637</v>
+      </c>
+      <c r="H2" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>632</v>
+      </c>
+      <c r="B3" t="s">
+        <v>639</v>
+      </c>
+      <c r="C3" t="s">
+        <v>640</v>
+      </c>
+      <c r="D3" t="s">
+        <v>641</v>
+      </c>
+      <c r="E3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>643</v>
+      </c>
+      <c r="H3" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>632</v>
+      </c>
+      <c r="B4" t="s">
+        <v>645</v>
+      </c>
+      <c r="C4" t="s">
+        <v>646</v>
+      </c>
+      <c r="D4" t="s">
+        <v>647</v>
+      </c>
+      <c r="E4" t="s">
+        <v>648</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>649</v>
+      </c>
+      <c r="H4" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>632</v>
+      </c>
+      <c r="B5" t="s">
+        <v>651</v>
+      </c>
+      <c r="C5" t="s">
+        <v>652</v>
+      </c>
+      <c r="D5" t="s">
+        <v>653</v>
+      </c>
+      <c r="E5" t="s">
+        <v>654</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>655</v>
+      </c>
+      <c r="H5" t="s">
+        <v>656</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>