--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId5" sheetId="3"/>
     <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -99,50 +99,65 @@
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
   </si>
   <si>
     <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
   </si>
   <si>
     <t>22/06/2017 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
   </si>
   <si>
     <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 6 juin 2012</t>
   </si>
   <si>
     <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
   </si>
   <si>
     <t>06/06/2012 13:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
   </si>
   <si>
     <t>c_1252008</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
@@ -227,51 +242,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -335,275 +350,301 @@
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="H3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>