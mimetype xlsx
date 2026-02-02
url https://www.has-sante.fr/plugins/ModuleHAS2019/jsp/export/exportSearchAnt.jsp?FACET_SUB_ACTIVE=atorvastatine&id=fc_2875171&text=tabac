--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -111,50 +111,80 @@
     <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
   </si>
   <si>
     <t>c_272513</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Maladie de Willebrand type 3</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/01/2022 09:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
   </si>
   <si>
     <t>p_3309665</t>
   </si>
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
@@ -493,51 +523,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -588,503 +618,555 @@
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>34</v>
       </c>
       <c r="C4" t="s">
         <v>35</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>36</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>37</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>38</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E2" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="C3" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="D3" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="E3" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="H3" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="C4" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="E4" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="H4" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="C5" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="D5" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E5" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="H5" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="D2" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="E2" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="H2" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:S3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="J1" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="K1" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="I2" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="J2" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="K2" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="H3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="I3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="J3" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="L3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M3" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="N3" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="O3" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="P3" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="Q3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R3" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="S3" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="B2" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="C2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="H2" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="B3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="C3" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="H3" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>