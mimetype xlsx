--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -132,50 +132,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
   </si>
   <si>
     <t>p_3148016</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Glomérulonéphrite Extra-Membraneuse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
   </si>
   <si>
     <t>p_3392035</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
@@ -263,51 +278,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -479,86 +494,86 @@
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>46</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>47</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>48</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>49</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
         <v>53</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>56</v>
       </c>
       <c r="H10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
       <c r="C11" t="s">
         <v>59</v>
       </c>
       <c r="D11" t="s">
@@ -579,45 +594,71 @@
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>65</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>66</v>
       </c>
       <c r="H12" t="s">
         <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13" t="s">
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>