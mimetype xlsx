--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -75,65 +75,50 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 16:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
   </si>
   <si>
     <t>p_3536031</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
   </si>
   <si>
     <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
   </si>
   <si>
     <t>20/06/2018 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
   </si>
   <si>
     <t>c_2857592</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -158,51 +143,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -244,93 +229,67 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      <c r="A5" t="s">
         <v>27</v>
-      </c>
-[...19 lines deleted...]
-        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>