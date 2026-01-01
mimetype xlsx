--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -35,87 +35,87 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>28/01/2016 10:16:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>