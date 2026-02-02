--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,170 +9,428 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="109">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/11/2004 16:05:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage précoce des troubles de la fonction visuelle chez l’enfant pour prévenir l’amblyopie</t>
+  </si>
+  <si>
+    <t>L'amblyopie est une insuffisance uni ou bilatérale de certaines aptitudes visuelles, principalement de la discrimination des formes, entraînant chez l'enfant un trouble de la maturation du cortex visuel, irréversible en l'absence de traitement. Ces recommandations concernent le dépistage des troubles visuels chez l'enfant de moins de 6 ans.</t>
+  </si>
+  <si>
+    <t>08/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2004 16:05:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
+    <t>https://www.has-sante.fr/jcms/c_272178/fr/depistage-precoce-des-troubles-de-la-fonction-visuelle-chez-l-enfant-pour-prevenir-l-amblyopie</t>
   </si>
   <si>
     <t>c_272178</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Quelle place pour les bronchodilatateurs LA dans le traitement de la BPCO ?</t>
+  </si>
+  <si>
+    <t>Pas de différence cliniquement pertinente entre les bronchodilatateurs LA inhalés Formotérol, salmétérol et tiotropium peuvent être utilisés comme traitement bronchodilatateur continu pour soulager les symptômes des patients ayant une BPCO, lorsque ces symptômes (dyspnée notamment) persistent malgré l'utilisation pluriquotidienne d'un bronchodilatateur de courte durée d'action. Le SMR* de ces médicaments est important malgré un bénéfice clinique limité, compte tenu du caractère invalidant de la dyspnée de la BPCO. Les bronchodilatateurs LA représentent une ASMR** mineure (niveau IV) dans la prise en charge habituelle des patients atteints de BPCO.</t>
+  </si>
+  <si>
+    <t>01/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440008/fr/quelle-place-pour-les-bronchodilatateurs-la-dans-le-traitement-de-la-bpco</t>
+  </si>
+  <si>
+    <t>r_1440008</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Simulation en santé</t>
+  </si>
+  <si>
+    <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
+  </si>
+  <si>
+    <t>22/02/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
+  </si>
+  <si>
+    <t>c_930641</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -197,58 +455,474 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>69</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>79</v>
+      </c>
+      <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
+        <v>94</v>
+      </c>
+      <c r="E17" t="s">
+        <v>95</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>96</v>
+      </c>
+      <c r="H17" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>102</v>
+      </c>
+      <c r="H18" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H19" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>