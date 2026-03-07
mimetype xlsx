--- v0 (2025-11-16)
+++ v1 (2026-03-07)
@@ -9,98 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>28/01/2021 00:00:00</t>
   </si>
   <si>
     <t>03/11/2020 08:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
   </si>
   <si>
     <t>p_3215112</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
   </si>
   <si>
     <t>Fibrose pulmonaire idiopathique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/07/2021 11:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
   </si>
   <si>
     <t>p_3278607</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -122,51 +137,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -206,43 +221,69 @@
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>