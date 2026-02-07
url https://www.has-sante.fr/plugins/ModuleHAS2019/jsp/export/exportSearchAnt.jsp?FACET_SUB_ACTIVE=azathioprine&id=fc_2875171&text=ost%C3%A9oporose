--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="222">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -87,50 +87,65 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
   </si>
   <si>
     <t>c_2789359</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
@@ -788,51 +803,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -909,77 +924,77 @@
       </c>
       <c r="E4" t="s">
         <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>30</v>
       </c>
       <c r="H4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>34</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>35</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
         <v>38</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>41</v>
       </c>
       <c r="H6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>
       </c>
       <c r="D7" t="s">
@@ -1091,129 +1106,129 @@
       </c>
       <c r="E11" t="s">
         <v>65</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>66</v>
       </c>
       <c r="H11" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>71</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
         <v>74</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>76</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>77</v>
       </c>
       <c r="H13" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
       <c r="C14" t="s">
         <v>80</v>
       </c>
       <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>81</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>82</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
         <v>85</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>87</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>88</v>
       </c>
       <c r="H15" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>90</v>
       </c>
       <c r="C16" t="s">
         <v>91</v>
       </c>
       <c r="D16" t="s">
@@ -1250,77 +1265,77 @@
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>98</v>
       </c>
       <c r="H17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
       <c r="C18" t="s">
         <v>101</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>102</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>106</v>
+        <v>60</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>107</v>
       </c>
       <c r="H19" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
         <v>109</v>
       </c>
       <c r="C20" t="s">
         <v>110</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
@@ -1676,301 +1691,327 @@
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>16</v>
       </c>
       <c r="B34" t="s">
         <v>179</v>
       </c>
       <c r="C34" t="s">
         <v>180</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>181</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>182</v>
       </c>
       <c r="H34" t="s">
         <v>183</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" t="s">
+        <v>184</v>
+      </c>
+      <c r="C35" t="s">
+        <v>185</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>186</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>187</v>
+      </c>
+      <c r="H35" t="s">
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C2" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D2" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B3" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H3" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B4" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C4" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D4" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E4" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="E2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="H2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H2" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="I2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>