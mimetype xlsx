--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -9,97 +9,127 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
   </si>
   <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
@@ -117,65 +147,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 16:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
   </si>
   <si>
     <t>p_3536031</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
   </si>
   <si>
     <t>09/06/2017 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2772874</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
   </si>
   <si>
     <t>25/06/2014 00:00:00</t>
   </si>
   <si>
     <t>22/07/2014 15:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
@@ -203,51 +218,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -272,103 +287,103 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
@@ -393,67 +408,93 @@
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
         <v>41</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>42</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>43</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>45</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
         <v>46</v>
       </c>
-      <c r="H8" t="s">
+      <c r="B9" t="s">
         <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>