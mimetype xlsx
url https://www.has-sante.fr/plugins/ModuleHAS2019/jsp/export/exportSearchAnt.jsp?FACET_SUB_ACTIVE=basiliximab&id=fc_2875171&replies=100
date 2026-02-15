--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -1,199 +1,355 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
+  </si>
+  <si>
+    <t>La HAS et l’Agence de la biomédecine ont conduit une évaluation médico-économique des stratégies de prise en charge des patients en insuffisance rénale chronique terminale (IRCT) à partir d’une modélisation des possibilités de changement dans la trajectoire de soins des patients entre différentes modalités de traitement de suppléance.</t>
+  </si>
+  <si>
+    <t>09/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775180/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france</t>
+  </si>
+  <si>
+    <t>c_1775180</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2024</t>
+  </si>
+  <si>
+    <t>19/06/2024 13:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525360/fr/commission-de-la-transparence-reunion-du-26-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3525360</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2024</t>
+  </si>
+  <si>
+    <t>05/06/2024 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520457/fr/commission-de-la-transparence-reunion-du-12-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3520457</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0341/DC/SEM du 16 décembre 2021 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité LEUKOTAC (Inolimomab)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament LEUKOTAC, dans l'indication « chez l'adulte et chez l'enfant à partir de 28 jours, dans le traitement de la maladie du greffon contre l’hôte aiguë cortico-résistante ou corticodépendante de grade II à IV après transplantation de cellules souches hématopoïétiques allogéniques ».</t>
+  </si>
+  <si>
+    <t>09/12/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>17/12/2021 17:07:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305404/fr/decision-n-2021-0341/dc/sem-du-16-decembre-2021-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-leukotac-inolimomab</t>
+  </si>
+  <si>
+    <t>p_3305404</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0043/AC/SEAP du 10 juillet 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche «Greffe utérine à partir de donneur vivant»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche «Greffe utérine à partir de donneur vivant» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>10/07/2019 15:10:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076755/fr/avis-n-2019-0043/ac/seap-du-10-juillet-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-greffe-uterine-a-partir-de-donneur-vivant</t>
+  </si>
+  <si>
+    <t>p_3076755</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SIMULECT (basiliximab)</t>
   </si>
   <si>
-    <t>07/18/2024 17:54:02</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985933/en/simulect-basiliximab</t>
+    <t>18/07/2024 17:54:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985933/fr/simulect-basiliximab</t>
   </si>
   <si>
     <t>pprd_2985933</t>
   </si>
   <si>
     <t>basiliximab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399343/en/simulect-20-mg-poudre-et-solvant-pour-solution-pour-injection-/-perfusion-intraveineuse-1-flacon-1-ampoule-de-solvant-basiliximab</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3530995/en/simulect-basiliximab-acute-organ-rejection</t>
+    <t>https://www.has-sante.fr/jcms/c_399343/fr/simulect-20-mg-poudre-et-solvant-pour-solution-pour-injection-/-perfusion-intraveineuse-1-flacon-1-ampoule-de-solvant-basiliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399863/fr/simulect-10-mg-poudre-et-solvant-pour-solution-injectable-ou-pour-perfusion-1-flacon-1-ampoule-de-solvant-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530995/fr/simulect-basiliximab-prevention-du-rejet-de-greffe-renale</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -207,133 +363,510 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+      <c r="I2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>