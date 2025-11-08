--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -1,255 +1,619 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="55">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:47</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>CASODEX (bicalutamide)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984079/en/casodex-bicalutamide</t>
+    <t>28/09/2016 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984079/fr/casodex-bicalutamide</t>
   </si>
   <si>
     <t>pprd_2984079</t>
   </si>
   <si>
     <t>bicalutamide</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398851/en/casodex-50-mg-comprime-enrobe-boite-de-30</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2640145/en/casodex-bicalutamide-antiandrogen</t>
+    <t>https://www.has-sante.fr/jcms/c_398851/fr/casodex-50-mg-comprime-enrobe-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401020/fr/casodex-bicalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401019/fr/casodex-bicalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640145/fr/casodex-bicalutamide-antiandrogene</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+      <c r="I3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>41</v>
+      </c>
+      <c r="J1" t="s">
+        <v>42</v>
+      </c>
+      <c r="K1" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+      <c r="I2" t="s">
+        <v>49</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>