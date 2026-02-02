--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -12,110 +12,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="51">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Maladie (ou syndrome) de Sjögren</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>07/04/2022 08:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
   </si>
   <si>
     <t>p_3328894</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>ALD n° 30 - Cancer du poumon et mésothéliome pleural malin</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>24/09/2014 00:00:00</t>
   </si>
   <si>
     <t>21/10/2014 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_820058/fr/ald-n-30-cancer-du-poumon-et-mesotheliome-pleural-malin</t>
   </si>
   <si>
     <t>c_820058</t>
   </si>
   <si>
     <t>ALD n° 30 - Lymphome de Hodgkin classique de l'adulte</t>
   </si>
   <si>
     <t>21/10/2014 17:43:00</t>
   </si>
@@ -230,51 +215,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -299,261 +284,235 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...24 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="J1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="K1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2" t="s">
         <v>43</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>44</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>45</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>46</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>47</v>
       </c>
-      <c r="I2" t="s">
+      <c r="N2" t="s">
         <v>48</v>
       </c>
-      <c r="J2" t="s">
+      <c r="O2" t="s">
         <v>49</v>
       </c>
-      <c r="K2" t="s">
+      <c r="P2" t="s">
         <v>50</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>