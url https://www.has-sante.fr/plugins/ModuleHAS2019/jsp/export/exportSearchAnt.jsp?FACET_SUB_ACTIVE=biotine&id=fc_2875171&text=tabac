--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,116 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysthyroïdies chez l’adulte</t>
+  </si>
+  <si>
+    <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
+  </si>
+  <si>
+    <t>15/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3216305</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +200,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -197,58 +269,162 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>