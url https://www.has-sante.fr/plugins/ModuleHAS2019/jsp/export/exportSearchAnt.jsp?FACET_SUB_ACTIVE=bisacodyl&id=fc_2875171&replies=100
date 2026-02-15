--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,647 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/12/2021 09:46:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
-  </si>
-[...82 lines deleted...]
-    <t>c_1357267</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...286 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>