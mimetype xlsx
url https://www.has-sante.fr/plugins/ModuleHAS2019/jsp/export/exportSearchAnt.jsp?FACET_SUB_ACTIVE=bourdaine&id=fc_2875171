--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -9,146 +9,161 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Spina Bifida – Dysraphismes - Gestion du handicap intestinal</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299637/fr/spina-bifida-dysraphismes-gestion-du-handicap-intestinal</t>
   </si>
   <si>
     <t>p_3299637</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +177,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>