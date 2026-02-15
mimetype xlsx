--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,392 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>01/07/2006 11:28:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
   </si>
   <si>
     <t>c_500229</t>
-  </si>
-[...226 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400905/fr/combigan-collyre-en-solution-flacon-de-5-ml-cip-371-722-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -411,575 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...536 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>