--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -21,170 +21,233 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="141">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>20/12/2024 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
   </si>
   <si>
     <t>p_3574909</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
     <t>Maladie de Shwachman Diamond</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/04/2023 08:33:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
   </si>
   <si>
     <t>p_3425536</t>
   </si>
   <si>
     <t>Syndrome de BLOOM</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Bloom. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France, Filière AnDDI-Rares, le Centre de référence des Aplasies médullaires acquises et constitutionnelles, Filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385096/fr/syndrome-de-bloom</t>
   </si>
   <si>
     <t>p_3385096</t>
   </si>
   <si>
     <t>Adrénoleucodystrophie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
   </si>
   <si>
     <t>p_3292277</t>
   </si>
   <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
     <t>Insuffisance Ovarienne Prématurée (IOP)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/05/2021 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
   </si>
   <si>
     <t>p_3264990</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
   </si>
   <si>
     <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
   </si>
   <si>
     <t>01/12/2002 00:00:00</t>
   </si>
   <si>
     <t>01/12/2002 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -431,51 +494,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -617,621 +680,725 @@
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="E2" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="I2" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B3" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="H3" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="I3" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="H4" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="I4" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="H5" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="I5" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B6" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="I6" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="H7" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="I7" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
+        <v>95</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>96</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>97</v>
+      </c>
+      <c r="H8" t="s">
+        <v>98</v>
+      </c>
+      <c r="I8" t="s">
         <v>74</v>
-      </c>
-[...19 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="C2" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="D2" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="E2" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="H2" t="s">
-        <v>84</v>
+        <v>105</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="C3" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="D3" t="s">
-        <v>87</v>
+        <v>108</v>
       </c>
       <c r="E3" t="s">
-        <v>88</v>
+        <v>109</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
       <c r="H3" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="J1" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
       <c r="K1" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="B2" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="H2" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="I2" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="J2" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="K2" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="L2" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="M2" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="N2" t="s">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="B3" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="H3" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="I3" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="J3" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="K3" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="L3" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="B4" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="H4" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="I4" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="J4" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="K4" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="L4" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="M4" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>