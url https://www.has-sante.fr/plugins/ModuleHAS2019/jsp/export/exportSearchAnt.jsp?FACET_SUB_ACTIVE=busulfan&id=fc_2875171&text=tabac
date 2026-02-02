--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,146 +9,224 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +240,173 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>