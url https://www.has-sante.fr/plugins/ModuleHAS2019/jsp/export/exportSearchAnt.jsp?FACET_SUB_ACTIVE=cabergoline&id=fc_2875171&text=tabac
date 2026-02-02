--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,95 +9,146 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +158,179 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>