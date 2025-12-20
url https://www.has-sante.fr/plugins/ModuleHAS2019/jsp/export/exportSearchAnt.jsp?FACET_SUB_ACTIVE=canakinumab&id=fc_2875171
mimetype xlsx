--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -18,92 +18,107 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="170">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
     <t>Arthrites Juvéniles  Idiopathiques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2024 00:00:00</t>
   </si>
   <si>
     <t>07/02/2024 08:36:06</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
   </si>
   <si>
     <t>p_3493132</t>
   </si>
   <si>
     <t>Fièvre Méditerranéenne Familiale (FMF)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
   </si>
   <si>
     <t>p_3390303</t>
   </si>
   <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
@@ -563,1080 +578,1106 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" t="s">
         <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>54</v>
       </c>
       <c r="H10" t="s">
         <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="H2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="H3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="I2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B4" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H4" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B5" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H5" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="I5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B6" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H6" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="I6" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B7" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H7" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I7" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H8" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I8" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H9" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="I9" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="H10" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="I10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B11" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="H11" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="I11" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B12" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="H12" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="I12" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B13" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H13" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H14" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="I14" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B15" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="H15" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="I15" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H16" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H17" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="I17" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H18" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="I18" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B19" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H19" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="I19" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:U2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="J1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="K1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="I2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="J2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="K2" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="L2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="M2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="N2" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="O2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="P2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="Q2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="R2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="S2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="T2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="U2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>