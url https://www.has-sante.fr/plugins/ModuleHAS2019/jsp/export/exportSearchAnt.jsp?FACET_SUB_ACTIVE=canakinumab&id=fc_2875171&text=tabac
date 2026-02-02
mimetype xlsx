--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,95 +9,143 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +155,179 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>