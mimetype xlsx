--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -15,95 +15,110 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge des dysthyroïdies chez l’adulte</t>
   </si>
   <si>
     <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
   </si>
   <si>
     <t>15/12/2022 00:00:00</t>
   </si>
   <si>
     <t>14/03/2023 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3216305</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -170,51 +185,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -226,212 +241,238 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>