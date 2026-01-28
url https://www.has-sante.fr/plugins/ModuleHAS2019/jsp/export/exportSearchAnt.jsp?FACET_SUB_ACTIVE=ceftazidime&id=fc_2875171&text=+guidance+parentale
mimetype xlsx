--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
   </si>
   <si>
     <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
   </si>
   <si>
     <t>01/09/2002 00:00:00</t>
   </si>
   <si>
     <t>01/09/2002 17:51:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
   </si>
   <si>
     <t>c_272226</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_2792719</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -174,77 +174,77 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>