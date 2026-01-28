--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>02/24/2014 17:47:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>