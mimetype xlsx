--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -65,54 +65,54 @@
   <si>
     <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
   </si>
   <si>
     <t>01/09/2007 00:00:00</t>
   </si>
   <si>
     <t>01/08/2008 16:05:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
   </si>
   <si>
     <t>c_606530</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-[...2 lines deleted...]
-    <t>19/09/2017 16:31:00</t>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
   </si>
   <si>
     <t>24/12/2007 11:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
   </si>
   <si>
     <t>c_606527</t>
   </si>
 </sst>
 </file>
 