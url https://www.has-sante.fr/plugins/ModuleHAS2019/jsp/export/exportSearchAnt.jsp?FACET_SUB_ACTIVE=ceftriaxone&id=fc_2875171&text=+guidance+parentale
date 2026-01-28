--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -144,50 +144,65 @@
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
   </si>
   <si>
     <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
   </si>
   <si>
     <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -212,51 +227,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -402,67 +417,93 @@
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>48</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="H8" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>