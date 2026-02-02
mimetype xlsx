--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,172 +1,493 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="123">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CEFTRIAXONE (ceftriaxone)</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:09:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982773/fr/ceftriaxone-ceftriaxone</t>
+  </si>
+  <si>
+    <t>pprd_2982773</t>
+  </si>
+  <si>
+    <t>ceftriaxone</t>
+  </si>
+  <si>
+    <t>PANPHARMA / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398856/fr/ceftriaxone-merck-250-mg-poudre-pour-solution-injectable-boite-de-10-ceftriaxone-merck-500-mg-poudre-pour-solution-injectable-boite-de-10-ceftriaxone-merck-1-g-poudre-pour-solution-injectable-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398857/fr/ceftriaxone-merck-2-g-poudre-pour-solution-injectable-iv-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399215/fr/ceftriaxone-aguettant-1-g-poudre-pour-solution-injectable-boite-de-1-et-boite-de-30-ceftriaxone-aguettant-2-g-poudre-pour-solution-pou-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399415/fr/ceftriaxone-panpharma-1-g-poudre-pour-solution-injectable-boite-de-25-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040745/fr/ceftriaxone-gerda-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867498/fr/ceftriaxone-gerda-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966043/fr/ceftriaxone-panpharma-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315473/fr/ceftriaxone-panpharma-2-g-ceftriaxone-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315476/fr/ceftriaxone-panpharma-1-g-ceftriaxone-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643893/fr/ceftriaxone-qilu-ceftriaxone-cephalosporine-de-3e-generation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -180,69 +501,730 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
-[...15 lines deleted...]
-        <v>20</v>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D3" t="s">
+        <v>80</v>
+      </c>
+      <c r="E3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>103</v>
+      </c>
+      <c r="J1" t="s">
+        <v>104</v>
+      </c>
+      <c r="K1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>109</v>
+      </c>
+      <c r="H2" t="s">
+        <v>110</v>
+      </c>
+      <c r="I2" t="s">
+        <v>111</v>
+      </c>
+      <c r="J2" t="s">
+        <v>112</v>
+      </c>
+      <c r="K2" t="s">
+        <v>113</v>
+      </c>
+      <c r="L2" t="s">
+        <v>114</v>
+      </c>
+      <c r="M2" t="s">
+        <v>115</v>
+      </c>
+      <c r="N2" t="s">
+        <v>116</v>
+      </c>
+      <c r="O2" t="s">
+        <v>117</v>
+      </c>
+      <c r="P2" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>119</v>
+      </c>
+      <c r="R2" t="s">
+        <v>120</v>
+      </c>
+      <c r="S2" t="s">
+        <v>121</v>
+      </c>
+      <c r="T2" t="s">
+        <v>122</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>