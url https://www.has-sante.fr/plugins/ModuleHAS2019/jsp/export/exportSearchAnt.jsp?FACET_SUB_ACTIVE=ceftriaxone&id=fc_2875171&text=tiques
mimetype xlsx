--- v0 (2025-11-26)
+++ v1 (2026-01-16)
@@ -44,51 +44,51 @@
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
-    <t>13/02/2025 00:00:00</t>
+    <t>13/09/2022 10:02:32</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 17:45:00</t>
   </si>
@@ -113,50 +113,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
   </si>
   <si>
     <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>27/08/2021 15:40:00</t>
@@ -191,53 +209,50 @@
   <si>
     <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
   </si>
   <si>
     <t>p_3575605</t>
   </si>
   <si>
     <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>13/05/2025 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
   </si>
   <si>
     <t>p_3604647</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...1 lines deleted...]
-  <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
   </si>
   <si>
     <t>p_3578446</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
   </si>
   <si>
     <t>11/07/2024 00:00:00</t>
   </si>
   <si>
     <t>15/07/2024 09:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
@@ -273,65 +288,50 @@
     <t>02/02/2023 00:00:00</t>
   </si>
   <si>
     <t>09/03/2023 11:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187510/fr/la-notification-au-x-partenaire-s</t>
   </si>
   <si>
     <t>p_3187510</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
   </si>
   <si>
     <t>09/06/2017 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2772874</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des implants endovasculaires</t>
   </si>
   <si>
     <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
   </si>
   <si>
     <t>08/03/2016 00:00:00</t>
   </si>
   <si>
     <t>12/07/2016 14:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
   </si>
   <si>
     <t>c_2655535</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
@@ -515,337 +515,337 @@
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H9" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H10" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C11" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E11" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>63</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>68</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>71</v>
       </c>
       <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>73</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>74</v>
       </c>
       <c r="H14" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
         <v>76</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>77</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>78</v>
       </c>
-      <c r="D15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>79</v>
       </c>
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
         <v>83</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>85</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>86</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>88</v>
       </c>
       <c r="C17" t="s">
         <v>89</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>90</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>91</v>
       </c>
       <c r="H17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">