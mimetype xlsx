--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,261 +1,1436 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="140">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mars 2023</t>
+  </si>
+  <si>
+    <t>17/03/2023 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421918/fr/commission-de-la-transparence-reunion-du-22-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3421918</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 Juin 2022</t>
+  </si>
+  <si>
+    <t>13/06/2022 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343891/fr/commission-de-la-transparence-reunion-du-29-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3343891</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2020</t>
+  </si>
+  <si>
+    <t>27/02/2020 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153443/fr/commission-de-la-transparence-reunion-du-4-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3153443</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2018</t>
+  </si>
+  <si>
+    <t>28/11/2018 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886593/fr/commission-de-la-transparence-reunion-du-5-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886593</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 13 février 2018</t>
+  </si>
+  <si>
+    <t>12/02/2018 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827108/fr/ceesp-reunion-du-13-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2827108</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mai 2015</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034553/fr/commission-de-la-transparence-reunion-du-20-mai-2015</t>
+  </si>
+  <si>
+    <t>c_2034553</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2015</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2009376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 décembre 2010</t>
+  </si>
+  <si>
+    <t>15/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1008224/fr/commission-de-la-transparence-reunion-du-15-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1008224</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 septembre 2010</t>
+  </si>
+  <si>
+    <t>22/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_984076/fr/commission-de-la-transparence-reunion-du-22-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_984076</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0221/DP/SEM du 30 juin 2022 de la Présidente de la Haute Autorité de santé prise au nom du collège portant autorisation d’accès précoce de la spécialité VENCLYXTO</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament VENCLYXTO (vénétoclax) dans l'indication « en association avec l’obinutuzumab, est indiqué pour le traitement des patients adultes atteints d’une Leucémie Lymphoïde Chronique (LLC) non précédemment traités, inéligibles aux inhibiteurs de BTK et soit inéligibles à un traitement à base de fludarabine, soit présentant une délétion 17p et/ou une mutation TP53 ».</t>
+  </si>
+  <si>
+    <t>30/06/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>08/07/2022 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351243/fr/decision-n2022-0221/dp/sem-du-30-juin-2022-de-la-presidente-de-la-haute-autorite-de-sante-prise-au-nom-du-college-portant-autorisation-d-acces-precoce-de-la-specialite-venclyxto</t>
+  </si>
+  <si>
+    <t>p_3351243</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>CHLORAMINOPHENE (chlorambucil)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982848/en/chloraminophene-chlorambucil</t>
+    <t>12/03/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982848/fr/chloraminophene-chlorambucil</t>
   </si>
   <si>
     <t>pprd_2982848</t>
   </si>
   <si>
     <t>chlorambucil</t>
   </si>
   <si>
     <t>TECHNI-PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398862/en/chloraminophene-2-mg-gelule-boite-de-30</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2908472/en/chloraminophene-chlorambucil</t>
+    <t>https://www.has-sante.fr/jcms/c_398862/fr/chloraminophene-2-mg-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455272/fr/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019657/fr/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339968/fr/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908472/fr/chloraminophene-chlorambucil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O2"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" t="s">
+        <v>65</v>
+      </c>
+      <c r="I3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" t="s">
+        <v>69</v>
+      </c>
+      <c r="I4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>72</v>
+      </c>
+      <c r="H5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>74</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>75</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>76</v>
+      </c>
+      <c r="H6" t="s">
+        <v>77</v>
+      </c>
+      <c r="I6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>78</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>80</v>
+      </c>
+      <c r="H7" t="s">
+        <v>81</v>
+      </c>
+      <c r="I7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" t="s">
+        <v>85</v>
+      </c>
+      <c r="I8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>87</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>88</v>
+      </c>
+      <c r="H9" t="s">
+        <v>89</v>
+      </c>
+      <c r="I9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>91</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>92</v>
+      </c>
+      <c r="H10" t="s">
+        <v>93</v>
+      </c>
+      <c r="I10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>95</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11" t="s">
+        <v>97</v>
+      </c>
+      <c r="I11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>99</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>100</v>
+      </c>
+      <c r="H12" t="s">
+        <v>101</v>
+      </c>
+      <c r="I12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>103</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13" t="s">
+        <v>105</v>
+      </c>
+      <c r="I13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>107</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>108</v>
+      </c>
+      <c r="H14" t="s">
+        <v>109</v>
+      </c>
+      <c r="I14" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>111</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H15" t="s">
+        <v>113</v>
+      </c>
+      <c r="I15" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>115</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>116</v>
+      </c>
+      <c r="H16" t="s">
+        <v>117</v>
+      </c>
+      <c r="I16" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>125</v>
+      </c>
+      <c r="J1" t="s">
+        <v>126</v>
+      </c>
+      <c r="K1" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H2" t="s">
+        <v>132</v>
+      </c>
+      <c r="I2" t="s">
+        <v>133</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>134</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>135</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>137</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>