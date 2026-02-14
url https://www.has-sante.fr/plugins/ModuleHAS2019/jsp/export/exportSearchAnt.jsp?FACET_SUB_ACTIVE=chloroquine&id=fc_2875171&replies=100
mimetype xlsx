--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,1300 +1,292 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2015 12:19:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Lupus Systémique de l'adulte et de l'enfant</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...26 lines deleted...]
-    <t>07/12/2016 00:00:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of malaria (protozoan Plasmodium infections). It focuses on immunochromatographic method (rapid diagnostic tests or RDT) for detection of parasite proteins in blood, on specific Plasmodium antibodies detection and also on parasite identification on blood smears using light microscopy. This study was conducted with a view to inclusion or changes in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
   </si>
   <si>
     <t>12/12/2016 14:55:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2636855/fr/evaluation-des-actes-de-diagnostic-biologique-des-infections-a-plasmodium</t>
+    <t>https://www.has-sante.fr/jcms/c_2636855/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2636855</t>
-  </si>
-[...136 lines deleted...]
-    <t>c_438005</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...67 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>32</v>
-[...647 lines deleted...]
-        <v>116</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>