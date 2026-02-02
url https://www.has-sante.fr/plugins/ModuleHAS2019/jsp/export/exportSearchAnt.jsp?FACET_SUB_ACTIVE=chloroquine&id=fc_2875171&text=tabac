--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,196 +9,671 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS de réaliser une évaluation sur les événements de santé indésirables observés après pose d’implants mammaires à visée esthétique.</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2016 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609956/fr/evenements-de-sante-indesirables-observes-apres-pose-d-implants-mammaires-a-visee-esthetique</t>
+  </si>
+  <si>
+    <t>c_2609956</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>74</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>