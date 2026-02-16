--- v0 (2025-11-17)
+++ v1 (2026-02-16)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
   </si>
   <si>
     <t>07/03/2012 00:00:00</t>
   </si>
   <si>
     <t>08/03/2012 16:15:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
   </si>
@@ -143,51 +161,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -203,93 +221,119 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>