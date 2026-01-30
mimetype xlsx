--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,149 +9,164 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +180,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>