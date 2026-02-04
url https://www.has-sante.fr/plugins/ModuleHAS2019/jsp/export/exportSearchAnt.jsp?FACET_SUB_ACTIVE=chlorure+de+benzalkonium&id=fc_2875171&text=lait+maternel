--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -68,51 +68,51 @@
   <si>
     <t>01/05/2002 00:00:00</t>
   </si>
   <si>
     <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
   </si>
   <si>
     <t>21/06/2007 00:00:00</t>
   </si>
   <si>
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
   <si>
     <t>c_607182</t>
   </si>