--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -75,50 +75,68 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
     <t>Dépistage précoce des troubles de la fonction visuelle chez l’enfant pour prévenir l’amblyopie</t>
   </si>
   <si>
     <t>L'amblyopie est une insuffisance uni ou bilatérale de certaines aptitudes visuelles, principalement de la discrimination des formes, entraînant chez l'enfant un trouble de la maturation du cortex visuel, irréversible en l'absence de traitement. Ces recommandations concernent le dépistage des troubles visuels chez l'enfant de moins de 6 ans.</t>
   </si>
   <si>
     <t>08/10/2002 00:00:00</t>
   </si>
   <si>
     <t>11/06/2004 16:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272178/fr/depistage-precoce-des-troubles-de-la-fonction-visuelle-chez-l-enfant-pour-prevenir-l-amblyopie</t>
   </si>
   <si>
     <t>c_272178</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
   </si>
   <si>
     <t>21/06/2007 00:00:00</t>
   </si>
   <si>
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
   <si>
     <t>c_607182</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -143,51 +161,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -229,67 +247,93 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>