--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -14,70 +14,70 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
-    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
-    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="240">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -584,87 +584,105 @@
   <si>
     <t>c_682819</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Rapport annuel d’activité 2018 sur les évènements indésirables graves associés à des soins (EIGS)</t>
   </si>
   <si>
     <t>Publication du 2e rapport sur l’analyse des EIGS, la HAS préconise pour améliorer la sécurité du patient : La réalisation d’une étude sur le regroupement d’EIGS liés à l’utilisation des systèmes d’information associés aux soins. Le renforcement de la qualité des déclarations d’EIGS lorsque le décès du patient est inexpliqué. Le rappel aux professionnels des recommandations de bonnes pratiques existantes concernant la contention physique passive.</t>
   </si>
   <si>
     <t>06/11/2019 00:00:00</t>
   </si>
   <si>
     <t>13/12/2019 14:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3135082/fr/rapport-annuel-d-activite-2018-sur-les-evenements-indesirables-graves-associes-a-des-soins-eigs</t>
   </si>
   <si>
     <t>p_3135082</t>
   </si>
   <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
   </si>
   <si>
     <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
   </si>
   <si>
     <t>17/03/2016 12:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
   </si>
   <si>
     <t>c_946211</t>
-  </si>
-[...19 lines deleted...]
-    <t>p_3309579</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>MAINTELYTE (glucose/ chlorure de sodium/ trihydrate d’acétate de sodium/ chlorure ...)</t>
   </si>
   <si>
     <t>27/03/2020 16:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3167144/fr/maintelyte-glucose/-chlorure-de-sodium/-trihydrate-d-acetate-de-sodium/-chlorure</t>
   </si>
   <si>
     <t>p_3167144</t>
   </si>
   <si>
     <t>glucose,chlorure de sodium,trihydrate d’acétate de sodium,chlorure de potassium,chlorure de magnésium hexahydraté</t>
   </si>
@@ -2063,394 +2081,420 @@
       </c>
       <c r="D2" t="s">
         <v>179</v>
       </c>
       <c r="E2" t="s">
         <v>180</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>181</v>
       </c>
       <c r="H2" t="s">
         <v>182</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>183</v>
       </c>
       <c r="B2" t="s">
         <v>184</v>
       </c>
       <c r="C2" t="s">
         <v>185</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>186</v>
       </c>
       <c r="E2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H2" t="s">
-        <v>188</v>
+        <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
+        <v>192</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="B2" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="C2" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="D2" t="s">
-        <v>192</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="H2" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="H2" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="I2" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="J2" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="K2" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B3" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="H3" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="I3" t="s">
+        <v>216</v>
+      </c>
+      <c r="J3" t="s">
         <v>210</v>
       </c>
-      <c r="J3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="L3" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="H4" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="I4" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="J4" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="K4" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B5" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="H5" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="I5" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="J5" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="K5" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B6" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="H6" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="I6" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="J6" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="K6" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>