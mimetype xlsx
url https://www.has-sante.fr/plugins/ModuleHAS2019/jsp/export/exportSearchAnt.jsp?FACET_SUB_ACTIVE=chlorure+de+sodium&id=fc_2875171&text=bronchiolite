--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -96,50 +96,68 @@
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
   <si>
     <t>c_607182</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
+  </si>
+  <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Bon usage des solutions pour perfusion de glucose à 5 %</t>
   </si>
   <si>
     <t>Les solutions de glucose à 5 % (G5 %) en perfusion doivent être associées à des électrolytes. Sans apport d’électrolytes, leur administration en perfusion peut entraîner une hyponatrémie et une hypokaliémie sévères. Le risque d’hyponatrémie et d’hypokaliémie liée à l’administration seule des solutions de G5 % est particulièrement élevé chez les enfants.</t>
   </si>
   <si>
     <t>05/12/2018 00:00:00</t>
   </si>
   <si>
     <t>13/12/2018 12:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891259/fr/bon-usage-des-solutions-pour-perfusion-de-glucose-a-5</t>
   </si>
   <si>
     <t>c_2891259</t>
   </si>
 </sst>
 </file>
 
@@ -167,51 +185,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -279,67 +297,93 @@
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
         <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>