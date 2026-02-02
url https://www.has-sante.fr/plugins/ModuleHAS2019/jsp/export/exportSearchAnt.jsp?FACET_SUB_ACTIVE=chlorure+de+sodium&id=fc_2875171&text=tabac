--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -4,65 +4,65 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,50 +77,98 @@
   <si>
     <t>ALLOGREFFE DE VEINE SAPHENE CONSERVEE ENTRE +2°C ET +8°C</t>
   </si>
   <si>
     <t>Greffon d'origine humaine</t>
   </si>
   <si>
     <t>16/06/2015 00:00:00</t>
   </si>
   <si>
     <t>16/07/2015 16:29:31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2045748/fr/allogreffe-de-veine-saphene-conservee-entre-2c-et-8c</t>
   </si>
   <si>
     <t>c_2045748</t>
   </si>
   <si>
     <t>BIOPROTEC SAS</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
   </si>
   <si>
     <t>21/06/2007 00:00:00</t>
   </si>
   <si>
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
   <si>
     <t>c_607182</t>
   </si>
   <si>
     <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
   </si>
   <si>
     <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
@@ -132,83 +180,50 @@
     <t>01/07/2005 20:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
     <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
   </si>
   <si>
     <t>01/09/2007 00:00:00</t>
   </si>
   <si>
     <t>24/12/2007 11:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
   </si>
   <si>
     <t>c_606527</t>
-  </si>
-[...31 lines deleted...]
-    <t>p_3298125</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
   </si>
   <si>
     <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
   </si>
   <si>
     <t>27/07/2021 00:00:00</t>
   </si>
   <si>
     <t>28/07/2021 18:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
   </si>
   <si>
     <t>p_3280463</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
   </si>
@@ -393,320 +408,346 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
         <v>22</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>23</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
         <v>28</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
         <v>32</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
         <v>38</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>39</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>40</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
         <v>44</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>45</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
         <v>46</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>47</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
         <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C4" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D4" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>