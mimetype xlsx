--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -1277,51 +1277,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_398611/fr/bhr-birmingham-hip-resurfacing</t>
   </si>
   <si>
     <t>c_398611</t>
   </si>
   <si>
     <t>MMT (Midland Medical Technologies Ltd)</t>
   </si>
   <si>
     <t>17/12/2003 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398617/fr/metasul</t>
   </si>
   <si>
     <t>c_398617</t>
   </si>
   <si>
     <t>CENTERPULSE France SA</t>
   </si>
   <si>
     <t>POWERLINK</t>
   </si>
   <si>
-    <t>25/10/2005 23:00:00</t>
+    <t>26/10/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398706/fr/powerlink</t>
   </si>
   <si>
     <t>c_398706</t>
   </si>
   <si>
     <t>07/12/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398721/fr/powerlink</t>
   </si>
   <si>
     <t>c_398721</t>
   </si>
   <si>
     <t>25/01/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398729/fr/pro-kinetic</t>
   </si>
   <si>
     <t>c_398729</t>
   </si>