--- v0 (2025-11-07)
+++ v1 (2026-03-20)
@@ -1,109 +1,184 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Evaluation des technolog" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Fibrillation auriculaire</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>12/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2023 15:45:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
+  </si>
+  <si>
+    <t>c_568395</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
   </si>
   <si>
     <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
   </si>
   <si>
     <t>01/06/2016 00:00:00</t>
   </si>
   <si>
     <t>08/08/2016 11:00:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
   </si>
   <si>
     <t>c_2659301</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion à distance du 16 septembre 2020</t>
   </si>
   <si>
     <t>10/09/2020 16:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3201113/fr/commission-de-la-transparence-reunion-a-distance-du-16-septembre-2020</t>
   </si>
   <si>
     <t>p_3201113</t>
   </si>
@@ -225,56 +300,56 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -288,355 +363,499 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="I2" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="I3" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="H4" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="I5" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="J1" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="K1" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="H2" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="I2" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="J2" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="K2" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="L2" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="C2" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>