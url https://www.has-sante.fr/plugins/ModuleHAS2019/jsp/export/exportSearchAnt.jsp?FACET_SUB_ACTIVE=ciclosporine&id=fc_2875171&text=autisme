--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,95 +9,173 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +185,231 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>