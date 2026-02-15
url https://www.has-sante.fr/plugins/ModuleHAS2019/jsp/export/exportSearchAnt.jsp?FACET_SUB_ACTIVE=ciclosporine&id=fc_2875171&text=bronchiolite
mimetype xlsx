--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -9,95 +9,218 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/09/2017 09:57:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Pneumopathie d'hypersensibilité de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant présentant une pneumathie d'hypersensibilité. Il a été élaboré par le Centre de Référence des maladies respiratoires rares RespiRare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163310/fr/pneumopathie-d-hypersensibilite-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3163310</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +230,309 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>