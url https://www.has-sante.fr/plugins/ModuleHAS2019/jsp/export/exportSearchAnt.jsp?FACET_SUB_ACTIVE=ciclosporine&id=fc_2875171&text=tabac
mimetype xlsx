--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="300">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -390,50 +390,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/10/2022 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3375791</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
     <t>Maladie de Behçet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
@@ -1351,51 +1366,51 @@
       </c>
       <c r="D12" t="s">
         <v>74</v>
       </c>
       <c r="E12" t="s">
         <v>75</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>76</v>
       </c>
       <c r="H12" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1680,129 +1695,129 @@
       </c>
       <c r="E12" t="s">
         <v>134</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>135</v>
       </c>
       <c r="H12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>78</v>
       </c>
       <c r="B13" t="s">
         <v>137</v>
       </c>
       <c r="C13" t="s">
         <v>138</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>139</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>140</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
+        <v>142</v>
+      </c>
+      <c r="C14" t="s">
         <v>143</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>145</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>146</v>
       </c>
       <c r="H14" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="D15" t="s">
-        <v>148</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>78</v>
       </c>
       <c r="B16" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>154</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>155</v>
       </c>
       <c r="H16" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>78</v>
       </c>
       <c r="B17" t="s">
         <v>157</v>
       </c>
       <c r="C17" t="s">
         <v>158</v>
       </c>
       <c r="D17" t="s">
@@ -1865,77 +1880,77 @@
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>170</v>
       </c>
       <c r="H19" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>78</v>
       </c>
       <c r="B20" t="s">
         <v>172</v>
       </c>
       <c r="C20" t="s">
         <v>173</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H20" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>78</v>
       </c>
       <c r="B21" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C21" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>179</v>
       </c>
       <c r="H21" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>78</v>
       </c>
       <c r="B22" t="s">
         <v>181</v>
       </c>
       <c r="C22" t="s">
         <v>182</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
@@ -2021,77 +2036,77 @@
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>199</v>
       </c>
       <c r="H25" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>78</v>
       </c>
       <c r="B26" t="s">
         <v>201</v>
       </c>
       <c r="C26" t="s">
         <v>202</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>78</v>
       </c>
       <c r="B27" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C27" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>208</v>
       </c>
       <c r="H27" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>78</v>
       </c>
       <c r="B28" t="s">
         <v>210</v>
       </c>
       <c r="C28" t="s">
         <v>211</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
@@ -2174,422 +2189,448 @@
       </c>
       <c r="E31" t="s">
         <v>227</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>228</v>
       </c>
       <c r="H31" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>78</v>
       </c>
       <c r="B32" t="s">
         <v>230</v>
       </c>
       <c r="C32" t="s">
         <v>231</v>
       </c>
       <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
         <v>232</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>233</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>234</v>
       </c>
-      <c r="H32" t="s">
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>78</v>
+      </c>
+      <c r="B33" t="s">
         <v>235</v>
+      </c>
+      <c r="C33" t="s">
+        <v>236</v>
+      </c>
+      <c r="D33" t="s">
+        <v>237</v>
+      </c>
+      <c r="E33" t="s">
+        <v>238</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>239</v>
+      </c>
+      <c r="H33" t="s">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="C2" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="D2" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E2" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B3" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="D3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E3" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="H3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B4" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C4" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D4" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E4" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H4" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B5" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C5" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D5" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="E5" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H5" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B6" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C6" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D6" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="E6" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H6" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B7" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C7" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D7" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="E7" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="H7" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B2" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="H2" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="I2" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="J1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="K1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="H2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="I2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="J2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="K2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="L2" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="M2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="N2" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="O2" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>