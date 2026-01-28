--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -56,50 +56,65 @@
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>p_3290052</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
   <si>
     <t>Ichthyoses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
@@ -168,65 +183,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
   </si>
   <si>
     <t>p_3522408</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>24/03/2020 12:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
   </si>
   <si>
     <t>p_3166010</t>
   </si>
   <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/12/2024 10:44:00</t>
   </si>
@@ -434,112 +434,112 @@
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>30</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
         <v>37</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>38</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>39</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>40</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
         <v>43</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>46</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" t="s">
         <v>49</v>
       </c>
       <c r="D9" t="s">
@@ -642,51 +642,51 @@
       </c>
       <c r="B13" t="s">
         <v>68</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>70</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>71</v>
       </c>
       <c r="H13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
       <c r="C14" t="s">
         <v>74</v>
       </c>
       <c r="D14" t="s">
         <v>75</v>
       </c>
       <c r="E14" t="s">
         <v>76</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>77</v>
       </c>
       <c r="H14" t="s">
         <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>