--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -9,149 +9,185 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>02/24/2014 17:47:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +201,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>