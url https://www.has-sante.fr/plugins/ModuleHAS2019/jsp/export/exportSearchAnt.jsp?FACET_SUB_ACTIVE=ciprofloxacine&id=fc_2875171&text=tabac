--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,214 +1,634 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="171">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2020</t>
+  </si>
+  <si>
+    <t>13/02/2020 13:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151875/fr/commission-de-la-transparence-reunion-du-19-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3151875</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CIFLOX - UNIFLOX (ciprofloxacine)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984254/fr/ciflox-uniflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2984254</t>
+  </si>
+  <si>
+    <t>ciprofloxacine</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398866/fr/ciflox-500-mg/5ml-granule-et-solution-pour-suspension-buvable-15-9g-de-granules-en-flacon-et-100-ml-de-solution-avec-cuillere-mesure</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399727/fr/ciflox-250-mg-comprime-pellicule-boite-de-12-comprimes-ciflox-500-mg-comprime-pellicule-boite-de-12-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459827/fr/ciflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062719/fr/ciflox-uniflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588553/fr/ciflox-uniflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400885/fr/uniflox-comprime-pellicule-secable-b/1-cip-336-523-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160951/fr/ciflox-uniflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263069/fr/ciflox-ciprofloxacine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -224,119 +644,951 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>35</v>
+      </c>
+      <c r="D10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>24</v>
+      </c>
+      <c r="E15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>96</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>97</v>
+      </c>
+      <c r="H4" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" t="s">
+        <v>99</v>
+      </c>
+      <c r="C5" t="s">
+        <v>100</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>101</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>102</v>
+      </c>
+      <c r="H5" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>107</v>
+      </c>
+      <c r="H6" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B7" t="s">
+        <v>109</v>
+      </c>
+      <c r="C7" t="s">
+        <v>110</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>112</v>
+      </c>
+      <c r="H7" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" t="s">
+        <v>114</v>
+      </c>
+      <c r="C8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>117</v>
+      </c>
+      <c r="H8" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>119</v>
+      </c>
+      <c r="C9" t="s">
+        <v>120</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>121</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>122</v>
+      </c>
+      <c r="H9" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>124</v>
+      </c>
+      <c r="C10" t="s">
+        <v>125</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>126</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>127</v>
+      </c>
+      <c r="H10" t="s">
+        <v>128</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D3" t="s">
+        <v>138</v>
+      </c>
+      <c r="E3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>140</v>
+      </c>
+      <c r="H3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>146</v>
+      </c>
+      <c r="H2" t="s">
+        <v>147</v>
+      </c>
+      <c r="I2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>151</v>
+      </c>
+      <c r="H3" t="s">
+        <v>152</v>
+      </c>
+      <c r="I3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>153</v>
+      </c>
+      <c r="J1" t="s">
+        <v>154</v>
+      </c>
+      <c r="K1" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>159</v>
+      </c>
+      <c r="H2" t="s">
+        <v>160</v>
+      </c>
+      <c r="I2" t="s">
+        <v>161</v>
+      </c>
+      <c r="J2" t="s">
+        <v>162</v>
+      </c>
+      <c r="K2" t="s">
+        <v>163</v>
+      </c>
+      <c r="L2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M2" t="s">
+        <v>165</v>
+      </c>
+      <c r="N2" t="s">
+        <v>166</v>
+      </c>
+      <c r="O2" t="s">
+        <v>167</v>
+      </c>
+      <c r="P2" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>169</v>
+      </c>
+      <c r="R2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>