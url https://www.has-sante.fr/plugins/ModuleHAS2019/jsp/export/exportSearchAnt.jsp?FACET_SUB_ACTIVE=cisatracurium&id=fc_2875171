--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,207 +1,619 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Études et Rapports" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/15/2023 16:56:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des patients adultes avec un syndrome post-réanimation (PICS) et de leur entourage</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à risque de PICS Diagnostiquer ces patients Prendre en charge précocement et à long terme les PICS Améliorer les parcours de soins Élaborer des documents à destination du patient, de sa famille ou son entourage afin de les alerter sur ce syndrome post-réanimation et de les accompagner dans sa prise en charge par une orientation vers des professionnels de santé formés à ce syndrome.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/fr/diagnostic-et-prise-en-charge-des-patients-adultes-avec-un-syndrome-post-reanimation-pics-et-de-leur-entourage</t>
   </si>
   <si>
     <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Rapport annuel d’activité 2019 sur les évènements indésirables graves associés à des soins (EIGS)</t>
+  </si>
+  <si>
+    <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>25/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2021 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232022/fr/rapport-annuel-d-activite-2019-sur-les-evenements-indesirables-graves-associes-a-des-soins-eigs</t>
+  </si>
+  <si>
+    <t>p_3232022</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CISATRACURIUM (bésilate de cisatracurium)</t>
+  </si>
+  <si>
+    <t>27/11/2019 17:22:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982988/fr/cisatracurium-besilate-de-cisatracurium</t>
+  </si>
+  <si>
+    <t>pprd_2982988</t>
+  </si>
+  <si>
+    <t>bésilate de cisatracurium</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ KABI FRANCE/ MEDIPHA SANTE/ MYLAN S.A.S/ PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648978/fr/cisatracurium-kabi-besilate-de-cisatracurium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650023/fr/cisatracurium-pfizer-besilate-de-cisatracurium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670212/fr/cisatracurium-mylan-besilate-de-cisatracurium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642044/fr/cisatracurium-accord-besilate-de-cisatracurium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888459/fr/cisatracurium-mylan-besilate-de-cisatracurium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120949/fr/cisatracurium-kalceks-cisatracurium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
+      </c>
+      <c r="J2" t="s">
+        <v>49</v>
+      </c>
+      <c r="K2" t="s">
+        <v>50</v>
+      </c>
+      <c r="L2" t="s">
+        <v>51</v>
+      </c>
+      <c r="M2" t="s">
+        <v>52</v>
+      </c>
+      <c r="N2" t="s">
+        <v>53</v>
+      </c>
+      <c r="O2" t="s">
+        <v>54</v>
+      </c>
+      <c r="P2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>